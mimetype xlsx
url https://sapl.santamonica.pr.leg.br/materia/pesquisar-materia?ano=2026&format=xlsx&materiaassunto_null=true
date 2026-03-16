--- v0 (2026-01-23)
+++ v1 (2026-03-16)
@@ -54,181 +54,181 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Luan Gustavo Frazatto</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/480/1_-_projeto_de_lei-leilao.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/480/1_-_projeto_de_lei-leilao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover leilão para alienar máquinas, equipamentos, sucatas e bens inservível de propriedade do município, e dá outras providências.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/481/2_-_projeto_de_lei_02.2026_-_recomposicao_salarial__abono_ganho_real_dos_servidores.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/481/2_-_projeto_de_lei_02.2026_-_recomposicao_salarial__abono_ganho_real_dos_servidores.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Recomposição Salarial e/ou Vencimentos aos servidores do quadro de provimento Efetivo Ativos, Inativos, Pensionistas, Emprego Público, Temporários, Conselheiros Tutelares, Agentes Políticos (Prefeito, Vice-Prefeito, Secretários, Chefe de Gabinete e Procurador Geral), efetivos da Autarquia Samae, Profissionais do Magistério e, detentores de cargos de provimento em Comissão do Município de Santa Mônica/PR, como determina o inciso X do artigo 37, da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/482/3_-_projeto_lei_003-2026-atualiza-auxilio_alimentacao.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/482/3_-_projeto_lei_003-2026-atualiza-auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do "AUXÍLIO ALIMENTAÇÃO" aos Servidores Público Municipal do Município de Santa Mônica/Pr e dá outras providências.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/483/4_-_projeto_de_lei_004-2026_-_credito_especial_por_excesso_de_arrecadacao_operacao_de_credito.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/483/4_-_projeto_de_lei_004-2026_-_credito_especial_por_excesso_de_arrecadacao_operacao_de_credito.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE SANTA MÔNICA, PARA O EXERCÍCIO DE 2026.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/484/5_-_projeto_de_lei_005-2026_-_credito_especial_por_excesso_de_arrecadacao_operacao_de_credito.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/484/5_-_projeto_de_lei_005-2026_-_credito_especial_por_excesso_de_arrecadacao_operacao_de_credito.pdf</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/485/6_-_projeto_de_lei_006-2026_-_credito_especial_por_excesso_de_arrecadacao_operacao_de_credito.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/485/6_-_projeto_de_lei_006-2026_-_credito_especial_por_excesso_de_arrecadacao_operacao_de_credito.pdf</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/486/7_-_projeto_de_lei_07.2026_-_criando_as_vagas_de_auditor_fiscal_da_receita_municipal_e_analista_tributario.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/486/7_-_projeto_de_lei_07.2026_-_criando_as_vagas_de_auditor_fiscal_da_receita_municipal_e_analista_tributario.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização da carreira fiscal municipal, criando as vagas de Auditor Fiscal da Receita Municipal e Analista Fiscal Tributário no_x000D_
 Quadro Permanente de Pessoal da Prefeitura Municipal de Santa Mônica/PR e dá outras providências.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/487/8_-_projeto_de_lei_008-2026_-_credito_especial_por_excesso_de_arrecadacao_construcao_de_praca.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/487/8_-_projeto_de_lei_008-2026_-_credito_especial_por_excesso_de_arrecadacao_construcao_de_praca.pdf</t>
   </si>
   <si>
     <t>Ementa: Abre Crédito Especial por Excesso de Arrecadação e dá outras providências.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/488/9_-_projeto_de_lei_09.2026_-_instalacao_de_infraestrutura_de_suporte_para_equipamentos_de_telecomunicacoes.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/488/9_-_projeto_de_lei_09.2026_-_instalacao_de_infraestrutura_de_suporte_para_equipamentos_de_telecomunicacoes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre normas urbanísticas específicas para a instalação de infraestrutura de suporte para equipamentos de telecomunicações autorizadas e homologados pela Agência Nacional de Telecomunicações (Anatel) e o respectivo licenciamento, nos termos da legislação federal vigente.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/489/10_-_projeto_de_lei_010-2026-credito_especial_por_excesso_de_arrecadacao-veiculos.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/489/10_-_projeto_de_lei_010-2026-credito_especial_por_excesso_de_arrecadacao-veiculos.pdf</t>
   </si>
   <si>
     <t>Ementa: Abre Crédito Especial por Excesso de Arrecadação, bem como altera-se PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de recomposição, como determina o inciso X, do artigo 37, da Constituição Federal de 1988, e de reajuste aos vencimentos dos cargos de provimento efetivo e em comissão do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/491/12_-_projeto_de_lei_no_12.2026.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/491/12_-_projeto_de_lei_no_12.2026.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I - Item 4.1 da Lei Municipal n.º 232/2023, de 27/11/2023, a qual dispõe sobre a reestruturação do Plano de Cargos, Carreira e Vencimentos dos Servidores Públicos do Poder Legislativo do Município de Santa Mônica, Estado do Paraná, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -535,68 +535,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/480/1_-_projeto_de_lei-leilao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/481/2_-_projeto_de_lei_02.2026_-_recomposicao_salarial__abono_ganho_real_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/482/3_-_projeto_lei_003-2026-atualiza-auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/483/4_-_projeto_de_lei_004-2026_-_credito_especial_por_excesso_de_arrecadacao_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/484/5_-_projeto_de_lei_005-2026_-_credito_especial_por_excesso_de_arrecadacao_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/485/6_-_projeto_de_lei_006-2026_-_credito_especial_por_excesso_de_arrecadacao_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/486/7_-_projeto_de_lei_07.2026_-_criando_as_vagas_de_auditor_fiscal_da_receita_municipal_e_analista_tributario.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/487/8_-_projeto_de_lei_008-2026_-_credito_especial_por_excesso_de_arrecadacao_construcao_de_praca.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/488/9_-_projeto_de_lei_09.2026_-_instalacao_de_infraestrutura_de_suporte_para_equipamentos_de_telecomunicacoes.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/489/10_-_projeto_de_lei_010-2026-credito_especial_por_excesso_de_arrecadacao-veiculos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/491/12_-_projeto_de_lei_no_12.2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/480/1_-_projeto_de_lei-leilao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/481/2_-_projeto_de_lei_02.2026_-_recomposicao_salarial__abono_ganho_real_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/482/3_-_projeto_lei_003-2026-atualiza-auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/483/4_-_projeto_de_lei_004-2026_-_credito_especial_por_excesso_de_arrecadacao_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/484/5_-_projeto_de_lei_005-2026_-_credito_especial_por_excesso_de_arrecadacao_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/485/6_-_projeto_de_lei_006-2026_-_credito_especial_por_excesso_de_arrecadacao_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/486/7_-_projeto_de_lei_07.2026_-_criando_as_vagas_de_auditor_fiscal_da_receita_municipal_e_analista_tributario.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/487/8_-_projeto_de_lei_008-2026_-_credito_especial_por_excesso_de_arrecadacao_construcao_de_praca.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/488/9_-_projeto_de_lei_09.2026_-_instalacao_de_infraestrutura_de_suporte_para_equipamentos_de_telecomunicacoes.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/489/10_-_projeto_de_lei_010-2026-credito_especial_por_excesso_de_arrecadacao-veiculos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2026/491/12_-_projeto_de_lei_no_12.2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="181" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="180.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>