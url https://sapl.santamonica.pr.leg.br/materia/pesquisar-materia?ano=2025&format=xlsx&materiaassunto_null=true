--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="126">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -210,59 +210,54 @@
   <si>
     <t>Dispõe sobre a autorização para o município de Santa Mônica_x000D_
 celebrar termo de cessão de uso gratuito com mitra diocesana de_x000D_
 Paranavaí para utilização e manutenção de praças públicas e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/461/projeto_de_lei_13_de_2025-dispoe_sobre_a_equiparacao_da_licenca-maternidade_para_servidoras_publicas_gestantes_e_adotantes.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 40 de 2008 e dispõe sobre a equiparação da licença-maternidade para servidoras públicas gestantes e adotantes, bem como sobre a concessão de licença paternidade em caso de óbito da mãe no âmbito do Município Santa Mônica/PR.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/</t>
-[...7 lines deleted...]
-PROVIDÊNCIAS.</t>
+    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/462/projeto_de_lei_14_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A DESCENTRALIZAÇÃO ADMINISTRATIVA, CONFIGURANDO-SE A CONSECUÇÃO DEFINITIVA DAS CONTAS DE GESTÃO E DE GOVERNO DO MUNICÍPIO DE SANTA MÔNICA - PR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/463/projeto_de_lei__15_de__2025_-_altera_a_lei_172_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera a redação do §10 do Art. 30°, da Lei 172 de_x000D_
 2023, (Estabelece a Estrutura e o Funcionamento do Conselho_x000D_
 Tutelar do Município de Santa Mônica, Estado do Paraná e dá_x000D_
 outras providências), para aperfeiçoar as disposições da_x000D_
 SEÇÃO X Da Proclamação do Resultado, da Nomeação e_x000D_
 Posse, e da outras providências.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
@@ -402,50 +397,53 @@
     <t>31</t>
   </si>
   <si>
     <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/477/31.2025_-_projeto_de_lei_-_leilao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover leilão para alienar máquinas, equipamentos, sucatas e bens inservível de propriedade do município, e dá outras providências.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/478/32.2025_-_projeto_de_lei_-_alteracao_gtide.pdf</t>
   </si>
   <si>
     <t>Altera valor de Gratificação por Regime de Tempo Integral e de Dedicação Exclusiva (GTIDE) para motoristas de ambulâncias e veículos destinados ao transporte de pacientes e dá outras providências.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.santamonica.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Concede Auxílio -Alimentação para motoristas do transporte TFD (Tratamento fora do domicílio) da Secretaria Municipal de Saúde do Município de Santa Mônica/PR e dá outras providências.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de recomposição e reajuste do "AUXÍLIO-ALIMENTAÇÃO" dos servidores do Poder Legislativo Municipal e, adota outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -767,51 +765,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/465/17-2025-projeto_de_lei_complementar-desmembramento_de_secretarias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/466/18-2025_projeto_lei_complementar-criacao_e_realocacao_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/453/projeto_de_lei_no_005-2025_-_altera_os_artigos_5o_e_6o_da_lei_n.o_210-2023_que_dispoe_sobre_o_perimetro_urbano_do_distrito_sede_de_santa_monica_2.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/454/andamento_-_projeto_de_lei_006-2025_-_credito_suplementar_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/455/andamento_-_projeto_de_lei_007-2024_-_credito_especial_por_excesso_de_arrecadacao_-_calcario.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_08_de_2025_-_recebimento_de_patrocinio_pelo_poder_publico.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/457/projeto_de_lei_09_de_2025_-_criacao_da_sala_da_memoria_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/458/projeto_de_lei_10_de_2025_-_autoriza_o_poder_executivo_municipal_a_celebrar_convenio_com_associacao_de_pais_e_amigos_dos_excepcionais__ap.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/459/projeto_de_lei__11_de__2025_-_altera_a_lei_81_de_2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/460/projeto_de_lei_12_de_2025_-_autorizacao_para_o_municipio_celebrar_termo_de_cesssao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/461/projeto_de_lei_13_de_2025-dispoe_sobre_a_equiparacao_da_licenca-maternidade_para_servidoras_publicas_gestantes_e_adotantes.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/463/projeto_de_lei__15_de__2025_-_altera_a_lei_172_de_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_016-2025_-_refis.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_019-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/468/020-2025_-_projeto_de_lei_-_lei_de_diretrizes_orcamentarias_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/469/21.2025_-_projeto_de_lei_-_iptu_-_2025_a_2028.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/470/22-2025_-_projeto_de_lei__-_credito_especial_por_excesso_de_arrecadacao-implementos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/471/23-2025_-_projeto_de_lei_-__credito_especial_por_excesso_de_arrecadacao-maquinarios_e_veiculos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/472/25-2025_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/473/26-2025_-_projeto_de_lei__-_calculo_atuarial_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/474/28.2025_-_educacao_-_plano_municipal_de_educacao_-_prorrogacao..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/475/29.2025_-_projeto_de_lei_-_credito_especial_por_superavit_financeiro_-varias_fontes_-_copia.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/476/30_de_2025_-_projeto_de_lei_altera_dispositivos_da_lei_municipal_no_014_de_2011.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/477/31.2025_-_projeto_de_lei_-_leilao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/478/32.2025_-_projeto_de_lei_-_alteracao_gtide.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/465/17-2025-projeto_de_lei_complementar-desmembramento_de_secretarias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/466/18-2025_projeto_lei_complementar-criacao_e_realocacao_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/453/projeto_de_lei_no_005-2025_-_altera_os_artigos_5o_e_6o_da_lei_n.o_210-2023_que_dispoe_sobre_o_perimetro_urbano_do_distrito_sede_de_santa_monica_2.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/454/andamento_-_projeto_de_lei_006-2025_-_credito_suplementar_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/455/andamento_-_projeto_de_lei_007-2024_-_credito_especial_por_excesso_de_arrecadacao_-_calcario.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_08_de_2025_-_recebimento_de_patrocinio_pelo_poder_publico.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/457/projeto_de_lei_09_de_2025_-_criacao_da_sala_da_memoria_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/458/projeto_de_lei_10_de_2025_-_autoriza_o_poder_executivo_municipal_a_celebrar_convenio_com_associacao_de_pais_e_amigos_dos_excepcionais__ap.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/459/projeto_de_lei__11_de__2025_-_altera_a_lei_81_de_2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/460/projeto_de_lei_12_de_2025_-_autorizacao_para_o_municipio_celebrar_termo_de_cesssao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/461/projeto_de_lei_13_de_2025-dispoe_sobre_a_equiparacao_da_licenca-maternidade_para_servidoras_publicas_gestantes_e_adotantes.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/462/projeto_de_lei_14_de_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/463/projeto_de_lei__15_de__2025_-_altera_a_lei_172_de_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_016-2025_-_refis.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_019-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/468/020-2025_-_projeto_de_lei_-_lei_de_diretrizes_orcamentarias_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/469/21.2025_-_projeto_de_lei_-_iptu_-_2025_a_2028.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/470/22-2025_-_projeto_de_lei__-_credito_especial_por_excesso_de_arrecadacao-implementos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/471/23-2025_-_projeto_de_lei_-__credito_especial_por_excesso_de_arrecadacao-maquinarios_e_veiculos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/472/25-2025_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/473/26-2025_-_projeto_de_lei__-_calculo_atuarial_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/474/28.2025_-_educacao_-_plano_municipal_de_educacao_-_prorrogacao..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/475/29.2025_-_projeto_de_lei_-_credito_especial_por_superavit_financeiro_-varias_fontes_-_copia.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/476/30_de_2025_-_projeto_de_lei_altera_dispositivos_da_lei_municipal_no_014_de_2011.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/477/31.2025_-_projeto_de_lei_-_leilao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/478/32.2025_-_projeto_de_lei_-_alteracao_gtide.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="220" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -1510,80 +1508,80 @@
       </c>
       <c r="H27" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>117</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>118</v>
       </c>
       <c r="D28" t="s">
         <v>22</v>
       </c>
       <c r="E28" t="s">
         <v>23</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>60</v>
+        <v>119</v>
       </c>
       <c r="H28" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E29" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F29" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>60</v>
+        <v>119</v>
       </c>
       <c r="H29" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>