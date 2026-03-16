--- v1 (2026-01-23)
+++ v2 (2026-03-16)
@@ -54,396 +54,396 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Luan Gustavo Frazatto</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/465/17-2025-projeto_de_lei_complementar-desmembramento_de_secretarias.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/465/17-2025-projeto_de_lei_complementar-desmembramento_de_secretarias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Desmembramento e Criação de Secretarias no Âmbito da Administração Pública Municipal.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/466/18-2025_projeto_lei_complementar-criacao_e_realocacao_cargos_comissionados.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/466/18-2025_projeto_lei_complementar-criacao_e_realocacao_cargos_comissionados.pdf</t>
   </si>
   <si>
     <t>Cria e realoca cargos comissionados do quadro funcional das Secretarias Municipais de Planejamento e Gestão, Finanças, Obras Públicas e Meio Ambiente, Educação e Cultura, Esporte e Lazer, Saúde, Ação Social e Desenvolvimento Socioeconômico, inserindo alterações nas Leis Municipais nº 081/2013 e 049/2017; Elabora dois novos órgãos de assessoramento interno, bem como outras providências.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/453/projeto_de_lei_no_005-2025_-_altera_os_artigos_5o_e_6o_da_lei_n.o_210-2023_que_dispoe_sobre_o_perimetro_urbano_do_distrito_sede_de_santa_monica_2.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/453/projeto_de_lei_no_005-2025_-_altera_os_artigos_5o_e_6o_da_lei_n.o_210-2023_que_dispoe_sobre_o_perimetro_urbano_do_distrito_sede_de_santa_monica_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração dos artigos 5º_x000D_
 e 6º da Lei Complementar nº 210/2023 que_x000D_
 delimita o Perímetro Urbano do Município de_x000D_
 Santa Mônica - Pr, e dá outras providências.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/454/andamento_-_projeto_de_lei_006-2025_-_credito_suplementar_especial_por_anulacao_de_dotacao.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/454/andamento_-_projeto_de_lei_006-2025_-_credito_suplementar_especial_por_anulacao_de_dotacao.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Suplementar Especial por Anulação de Dotação e dá outras providências.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/455/andamento_-_projeto_de_lei_007-2024_-_credito_especial_por_excesso_de_arrecadacao_-_calcario.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/455/andamento_-_projeto_de_lei_007-2024_-_credito_especial_por_excesso_de_arrecadacao_-_calcario.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superavit Financeiro, bem como altera-se PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_08_de_2025_-_recebimento_de_patrocinio_pelo_poder_publico.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_08_de_2025_-_recebimento_de_patrocinio_pelo_poder_publico.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESTINAÇÃO E O RECEBIMENTO DE_x000D_
 PATROCÍNIO PELO PODER PÚBLICO A EVENTOS_x000D_
 REALIZADOS NO TERRITÓRIO DO MUNICÍPIO E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/457/projeto_de_lei_09_de_2025_-_criacao_da_sala_da_memoria_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/457/projeto_de_lei_09_de_2025_-_criacao_da_sala_da_memoria_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA SALA DA MEMÓRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/458/projeto_de_lei_10_de_2025_-_autoriza_o_poder_executivo_municipal_a_celebrar_convenio_com_associacao_de_pais_e_amigos_dos_excepcionais__ap.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/458/projeto_de_lei_10_de_2025_-_autoriza_o_poder_executivo_municipal_a_celebrar_convenio_com_associacao_de_pais_e_amigos_dos_excepcionais__ap.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar convênio com Associação de Pais e Amigos dos_x000D_
 Excepcionais – APAE do município de Santa Mônica-PR,_x000D_
 nos anos de 2025, 2026, 2027 e 2028, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/459/projeto_de_lei__11_de__2025_-_altera_a_lei_81_de_2013.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/459/projeto_de_lei__11_de__2025_-_altera_a_lei_81_de_2013.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 15º, inciso III do Art. 33, e_x000D_
 o Anexo I da Lei 81 de 2013, (Reestruturação Administrativa_x000D_
 Organizacional do Poder Executivo), para aperfeiçoar as_x000D_
 disposições do Título II, Seção III da Procuradoria Jurídica em_x000D_
 referência a Recomendação administrativa 05 de 2024 do_x000D_
 Ministério Púbico do Estado do Paraná), e da outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/460/projeto_de_lei_12_de_2025_-_autorizacao_para_o_municipio_celebrar_termo_de_cesssao.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/460/projeto_de_lei_12_de_2025_-_autorizacao_para_o_municipio_celebrar_termo_de_cesssao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o município de Santa Mônica_x000D_
 celebrar termo de cessão de uso gratuito com mitra diocesana de_x000D_
 Paranavaí para utilização e manutenção de praças públicas e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/461/projeto_de_lei_13_de_2025-dispoe_sobre_a_equiparacao_da_licenca-maternidade_para_servidoras_publicas_gestantes_e_adotantes.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/461/projeto_de_lei_13_de_2025-dispoe_sobre_a_equiparacao_da_licenca-maternidade_para_servidoras_publicas_gestantes_e_adotantes.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 40 de 2008 e dispõe sobre a equiparação da licença-maternidade para servidoras públicas gestantes e adotantes, bem como sobre a concessão de licença paternidade em caso de óbito da mãe no âmbito do Município Santa Mônica/PR.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/462/projeto_de_lei_14_de_2025.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/462/projeto_de_lei_14_de_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESCENTRALIZAÇÃO ADMINISTRATIVA, CONFIGURANDO-SE A CONSECUÇÃO DEFINITIVA DAS CONTAS DE GESTÃO E DE GOVERNO DO MUNICÍPIO DE SANTA MÔNICA - PR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/463/projeto_de_lei__15_de__2025_-_altera_a_lei_172_de_2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/463/projeto_de_lei__15_de__2025_-_altera_a_lei_172_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera a redação do §10 do Art. 30°, da Lei 172 de_x000D_
 2023, (Estabelece a Estrutura e o Funcionamento do Conselho_x000D_
 Tutelar do Município de Santa Mônica, Estado do Paraná e dá_x000D_
 outras providências), para aperfeiçoar as disposições da_x000D_
 SEÇÃO X Da Proclamação do Resultado, da Nomeação e_x000D_
 Posse, e da outras providências.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_016-2025_-_refis.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_016-2025_-_refis.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação_x000D_
 Fiscal – REFIS 2025, do Município de Santa_x000D_
 Mônica e dá outras providências.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_019-2025.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_019-2025.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Suplementar por Anulação de Dotação e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/468/020-2025_-_projeto_de_lei_-_lei_de_diretrizes_orcamentarias_-_ldo_2025.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/468/020-2025_-_projeto_de_lei_-_lei_de_diretrizes_orcamentarias_-_ldo_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre as Diretrizes para a Elaboração da Lei Orçamentária para o Exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/469/21.2025_-_projeto_de_lei_-_iptu_-_2025_a_2028.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/469/21.2025_-_projeto_de_lei_-_iptu_-_2025_a_2028.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Santa_x000D_
 Mônica a conceder desconto no pagamento em_x000D_
 parcela única ou conceder parcelamento do IPTU dos_x000D_
 Exercícios de 2025, 2026, 2027 e 2028, bem como dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/470/22-2025_-_projeto_de_lei__-_credito_especial_por_excesso_de_arrecadacao-implementos.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/470/22-2025_-_projeto_de_lei__-_credito_especial_por_excesso_de_arrecadacao-implementos.pdf</t>
   </si>
   <si>
     <t>Ementa: Abre Crédito Especial por Excesso de Arrecadação, bem como altera-se PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/471/23-2025_-_projeto_de_lei_-__credito_especial_por_excesso_de_arrecadacao-maquinarios_e_veiculos.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/471/23-2025_-_projeto_de_lei_-__credito_especial_por_excesso_de_arrecadacao-maquinarios_e_veiculos.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Excesso de Arrecadação, bem como altera-se PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/472/25-2025_-_projeto_de_lei.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/472/25-2025_-_projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/473/26-2025_-_projeto_de_lei__-_calculo_atuarial_2025.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/473/26-2025_-_projeto_de_lei__-_calculo_atuarial_2025.pdf</t>
   </si>
   <si>
     <t>Homologa a reavaliação atuarial para equacionamento do déficit técnico do Regime Próprio de Previdência Social – RPPS, dos Servidores Públicos do Município de Santa Mônica, Estado do Paraná, que apurou o custo suplementar para o exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/474/28.2025_-_educacao_-_plano_municipal_de_educacao_-_prorrogacao..pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/474/28.2025_-_educacao_-_plano_municipal_de_educacao_-_prorrogacao..pdf</t>
   </si>
   <si>
     <t>Prorroga, até 31 de dezembro de 2026, a vigência do Plano Municipal de Educação, aprovado por meio da Lei n.º 031 de 18 de junho de 2015.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/475/29.2025_-_projeto_de_lei_-_credito_especial_por_superavit_financeiro_-varias_fontes_-_copia.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/475/29.2025_-_projeto_de_lei_-_credito_especial_por_superavit_financeiro_-varias_fontes_-_copia.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superávit Financeiro, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/476/30_de_2025_-_projeto_de_lei_altera_dispositivos_da_lei_municipal_no_014_de_2011.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/476/30_de_2025_-_projeto_de_lei_altera_dispositivos_da_lei_municipal_no_014_de_2011.pdf</t>
   </si>
   <si>
     <t>EMENTA: “Altera dispositivos da Lei Municipal nº 014/2011, que dispõe sobre o Conselho Municipal de Saúde de Santa Mônica – PR, para adequação às deliberações da XIII Conferência Municipal de Saúde.”</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/477/31.2025_-_projeto_de_lei_-_leilao.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/477/31.2025_-_projeto_de_lei_-_leilao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover leilão para alienar máquinas, equipamentos, sucatas e bens inservível de propriedade do município, e dá outras providências.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/478/32.2025_-_projeto_de_lei_-_alteracao_gtide.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/478/32.2025_-_projeto_de_lei_-_alteracao_gtide.pdf</t>
   </si>
   <si>
     <t>Altera valor de Gratificação por Regime de Tempo Integral e de Dedicação Exclusiva (GTIDE) para motoristas de ambulâncias e veículos destinados ao transporte de pacientes e dá outras providências.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Concede Auxílio -Alimentação para motoristas do transporte TFD (Tratamento fora do domicílio) da Secretaria Municipal de Saúde do Município de Santa Mônica/PR e dá outras providências.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de recomposição e reajuste do "AUXÍLIO-ALIMENTAÇÃO" dos servidores do Poder Legislativo Municipal e, adota outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -765,68 +765,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/465/17-2025-projeto_de_lei_complementar-desmembramento_de_secretarias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/466/18-2025_projeto_lei_complementar-criacao_e_realocacao_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/453/projeto_de_lei_no_005-2025_-_altera_os_artigos_5o_e_6o_da_lei_n.o_210-2023_que_dispoe_sobre_o_perimetro_urbano_do_distrito_sede_de_santa_monica_2.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/454/andamento_-_projeto_de_lei_006-2025_-_credito_suplementar_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/455/andamento_-_projeto_de_lei_007-2024_-_credito_especial_por_excesso_de_arrecadacao_-_calcario.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_08_de_2025_-_recebimento_de_patrocinio_pelo_poder_publico.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/457/projeto_de_lei_09_de_2025_-_criacao_da_sala_da_memoria_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/458/projeto_de_lei_10_de_2025_-_autoriza_o_poder_executivo_municipal_a_celebrar_convenio_com_associacao_de_pais_e_amigos_dos_excepcionais__ap.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/459/projeto_de_lei__11_de__2025_-_altera_a_lei_81_de_2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/460/projeto_de_lei_12_de_2025_-_autorizacao_para_o_municipio_celebrar_termo_de_cesssao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/461/projeto_de_lei_13_de_2025-dispoe_sobre_a_equiparacao_da_licenca-maternidade_para_servidoras_publicas_gestantes_e_adotantes.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/462/projeto_de_lei_14_de_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/463/projeto_de_lei__15_de__2025_-_altera_a_lei_172_de_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_016-2025_-_refis.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_019-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/468/020-2025_-_projeto_de_lei_-_lei_de_diretrizes_orcamentarias_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/469/21.2025_-_projeto_de_lei_-_iptu_-_2025_a_2028.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/470/22-2025_-_projeto_de_lei__-_credito_especial_por_excesso_de_arrecadacao-implementos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/471/23-2025_-_projeto_de_lei_-__credito_especial_por_excesso_de_arrecadacao-maquinarios_e_veiculos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/472/25-2025_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/473/26-2025_-_projeto_de_lei__-_calculo_atuarial_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/474/28.2025_-_educacao_-_plano_municipal_de_educacao_-_prorrogacao..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/475/29.2025_-_projeto_de_lei_-_credito_especial_por_superavit_financeiro_-varias_fontes_-_copia.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/476/30_de_2025_-_projeto_de_lei_altera_dispositivos_da_lei_municipal_no_014_de_2011.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/477/31.2025_-_projeto_de_lei_-_leilao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/478/32.2025_-_projeto_de_lei_-_alteracao_gtide.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/465/17-2025-projeto_de_lei_complementar-desmembramento_de_secretarias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/466/18-2025_projeto_lei_complementar-criacao_e_realocacao_cargos_comissionados.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/453/projeto_de_lei_no_005-2025_-_altera_os_artigos_5o_e_6o_da_lei_n.o_210-2023_que_dispoe_sobre_o_perimetro_urbano_do_distrito_sede_de_santa_monica_2.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/454/andamento_-_projeto_de_lei_006-2025_-_credito_suplementar_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/455/andamento_-_projeto_de_lei_007-2024_-_credito_especial_por_excesso_de_arrecadacao_-_calcario.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_08_de_2025_-_recebimento_de_patrocinio_pelo_poder_publico.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/457/projeto_de_lei_09_de_2025_-_criacao_da_sala_da_memoria_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/458/projeto_de_lei_10_de_2025_-_autoriza_o_poder_executivo_municipal_a_celebrar_convenio_com_associacao_de_pais_e_amigos_dos_excepcionais__ap.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/459/projeto_de_lei__11_de__2025_-_altera_a_lei_81_de_2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/460/projeto_de_lei_12_de_2025_-_autorizacao_para_o_municipio_celebrar_termo_de_cesssao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/461/projeto_de_lei_13_de_2025-dispoe_sobre_a_equiparacao_da_licenca-maternidade_para_servidoras_publicas_gestantes_e_adotantes.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/462/projeto_de_lei_14_de_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/463/projeto_de_lei__15_de__2025_-_altera_a_lei_172_de_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_016-2025_-_refis.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_019-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/468/020-2025_-_projeto_de_lei_-_lei_de_diretrizes_orcamentarias_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/469/21.2025_-_projeto_de_lei_-_iptu_-_2025_a_2028.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/470/22-2025_-_projeto_de_lei__-_credito_especial_por_excesso_de_arrecadacao-implementos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/471/23-2025_-_projeto_de_lei_-__credito_especial_por_excesso_de_arrecadacao-maquinarios_e_veiculos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/472/25-2025_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/473/26-2025_-_projeto_de_lei__-_calculo_atuarial_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/474/28.2025_-_educacao_-_plano_municipal_de_educacao_-_prorrogacao..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/475/29.2025_-_projeto_de_lei_-_credito_especial_por_superavit_financeiro_-varias_fontes_-_copia.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/476/30_de_2025_-_projeto_de_lei_altera_dispositivos_da_lei_municipal_no_014_de_2011.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/477/31.2025_-_projeto_de_lei_-_leilao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2025/478/32.2025_-_projeto_de_lei_-_alteracao_gtide.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="220" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="219.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>