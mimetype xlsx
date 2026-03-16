--- v0 (2025-12-06)
+++ v1 (2026-03-16)
@@ -54,681 +54,681 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>José Rodrigues da Silva</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/400/indicacao_01.2024_-_jose_rodrigues.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/400/indicacao_01.2024_-_jose_rodrigues.pdf</t>
   </si>
   <si>
     <t>indico ao Excelentíssimo Sr. Luan Gustavo Frazatto, DD. Prefeito Municipal de Santa Mônica/PR: por meio do setor competente, estude a possibilidade de oferecer café da manhã (pão, café e leite) aos Trabalhadores que saem para trabalhar de madrugada e pacientes</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/401/indicacao_02.2024_-_jose_rodrigues.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/401/indicacao_02.2024_-_jose_rodrigues.pdf</t>
   </si>
   <si>
     <t>Excelentíssimos senhor Vereador Presidente da Mesa Diretiva desta Casa Legislativa, eu vereador José Rodrigues da Silva indico ao Excelentíssimo Sr. Luan Gustavo Frazatto, Prefeito Municipal de Santa Mônica/PR: Que seja instalado parque infantil no Assentamento Ilgo Luiz Peruzzo.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Sérgio Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/404/01.2024_-__requerimento_sergio.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/404/01.2024_-__requerimento_sergio.pdf</t>
   </si>
   <si>
     <t>Requer que seja incluso como matéria recebida e que seja lido e arquivado nesta casa de Leis e Recomendação Administrativa nº 001/2024 Inquérito Civil do Ministério Publico de Santa Isabel do Ivaí Pr.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Vanildo Aparecido Albino</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/424/04.2024_-_indicacao_vereador_vanildo.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/424/04.2024_-_indicacao_vereador_vanildo.pdf</t>
   </si>
   <si>
     <t>Indicação: Solicitar ao Executivo que, FAÇA UM ESTUDO SOBRE A POSSIBILIDADE E TOME AS PROVIDENCIAS LEGAIS E ORÇAMENTÁRIAS, PARA REALIZAR A INSTALAÇÃO DE CAMERAS DE SEGURANÇA EM PONTOS ESTRATÉGIOS DO NOSSO MUNICÍPIO E DO DISTRITO.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/</t>
   </si>
   <si>
     <t>INDICAÇÃO: Solicitar ao Executivo que Formule e envie para a Câmara Municipal dos Vereadores Projeto de Lei, que institua as CORES OFICIAIS do Município de Santa Mônica, assegurando gradativamente a utilização das referidas cores, em órgãos e prédios públicos, ou utilizados pelo poder público, uniformes de servidores, alunos e profissionais da rede municipal de ensino.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/426/06.2024_-_indicacao_vereador_jose_rodrigues.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/426/06.2024_-_indicacao_vereador_jose_rodrigues.pdf</t>
   </si>
   <si>
     <t>Indicação 06/2024 - ao Excelentíssimo Sr. Luan Gustavo Frazatto, Prefeito Municipal de Santa Mônica/PR: Que seja transferido o Projeto Localizado na Rodovia Pr 576 Saída de Santa Mônica para a antiga Creche em Santa Mônica.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Jaime José Vieira Junior</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/427/07._2024_-indicacao_junio_-identificacao_de__estradas.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/427/07._2024_-indicacao_junio_-identificacao_de__estradas.pdf</t>
   </si>
   <si>
     <t>INDICA ao Senhor Prefeito Municipal, na forma regimental, determinar ao setor competente que proceda a colocação de placas indicando o nome da Vila Rural Santa Fé, Vila Rural Nossa senhora Aparecida e Estradas Rurais do Município e Distrito.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/428/indicacao_vereador_junior.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/428/indicacao_vereador_junior.pdf</t>
   </si>
   <si>
     <t>INDICACÃO, Solicita que Seja feito Trevo de acesso ao ASSENTAMENTO ILGO LUIZ PERRUZZO.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Luan Gustavo Frazatto</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/390/2projeto_de_lei_002-2024_atualizacao_do_vale_alimentacao_2024-15-01-2024.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/390/2projeto_de_lei_002-2024_atualizacao_do_vale_alimentacao_2024-15-01-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do "AUXÍLIO ALIMENTAÇÃO" aos Servidores Municipais do Município de Santa Mônica/Pr e da outras providências.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/391/andamento_-_projeto_de_lei_003-2024_-_credito_especial_por_anulacao_de_dotacao_-.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/391/andamento_-_projeto_de_lei_003-2024_-_credito_especial_por_anulacao_de_dotacao_-.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Anulação de Dotação e dá outras providências.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/394/projeto_de_lei_de_no_04.2024.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/394/projeto_de_lei_de_no_04.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da recomposição aos subsídios dos Vereadores, Presidente da Câmara, fixados por força da LM n.º 062/2020, de 05/11/2020, bem como aos vencimentos dos cargos de provimento efetivo e em comissão do Poder Legislativo Municipal, como determina o inciso X, do artigo 37, da Constituição Federal.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/396/andamento_-_projeto_de_lei_005-2024_-_credito_especial_por_superavit_financeiro_-_pavimentacao_estradas_e_vilas_rurais.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/396/andamento_-_projeto_de_lei_005-2024_-_credito_especial_por_superavit_financeiro_-_pavimentacao_estradas_e_vilas_rurais.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superávit Financeiro, bem como altera-se PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/397/andamento_-_projeto_de_lei_006-2024_-_credito_especial_por_superavit_financeiro_parque.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/397/andamento_-_projeto_de_lei_006-2024_-_credito_especial_por_superavit_financeiro_parque.pdf</t>
   </si>
   <si>
     <t>Ementa: Abre Crédito Especial por Superávit Financeiro, bem como altera-se PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/398/andamento-_projeto_de_lei_007-2024_-_refis_-_iptu.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/398/andamento-_projeto_de_lei_007-2024_-_refis_-_iptu.pdf</t>
   </si>
   <si>
     <t>EMENTA: Institui o Programa de Recuperação_x000D_
 Fiscal – REFIS 2024, do Município de Santa_x000D_
 Mônica e dá outras providências.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/399/andamento-_projeto_de_lei_008-2024_iptu_2024.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/399/andamento-_projeto_de_lei_008-2024_iptu_2024.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Autoriza o Poder Executivo do Município de Santa Mônica a conceder desconto no pagamento em parcela única ou conceder parcelamento do IPTU do Exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/405/09.2024_-_projeto_de_lei_09-2024_-_devolucao_de_cotribuicoes_providenciarias_-__santa_monica_prev..pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/405/09.2024_-_projeto_de_lei_09-2024_-_devolucao_de_cotribuicoes_providenciarias_-__santa_monica_prev..pdf</t>
   </si>
   <si>
     <t>Autoriza ao Instituto de Previdência dos Servidores Públicos do Município de Santa Mônica - SANTAMÔNICAPREV, a proceder devolução de contribuições previdenciárias que incidiram sobre as verbas previstas no art. 27 , § 4" da t ei O28l1 1, e dá outras providências.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/406/10.2024_-_projeto_de_lei_010-2024_-_credito_especial_por_superavit_financeiro_-varias_fontes_2.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/406/10.2024_-_projeto_de_lei_010-2024_-_credito_especial_por_superavit_financeiro_-varias_fontes_2.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superávit Financeiro, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/407/11.2024_-_projeto_de_lei_11_alteracao_do_contrato_de_consorcio_publico_1.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/407/11.2024_-_projeto_de_lei_11_alteracao_do_contrato_de_consorcio_publico_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações no Contrato de Consórcio Público do COMAFEN, cria cargos e dá outras providências.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/408/12.2024_-_projeto_de_lei_012-2024_-_credito_especial_por_anulacao_de_dotacao.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/408/12.2024_-_projeto_de_lei_012-2024_-_credito_especial_por_anulacao_de_dotacao.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Suplementar por Anulação de Dotação e dá outras providências.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/409/13.2024_-_projeto_de_lei_013-2024_-_credito_especial_por_superavit_financeiro_-fundo_de_previdencia_2.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/409/13.2024_-_projeto_de_lei_013-2024_-_credito_especial_por_superavit_financeiro_-fundo_de_previdencia_2.pdf</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/410/14.2024_-__projeto_de_lei_014-2024_-_lei_de_diretrizes_orcamentarias_-_ldo_2024.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/410/14.2024_-__projeto_de_lei_014-2024_-_lei_de_diretrizes_orcamentarias_-_ldo_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre as Diretrizes para a Elaboração da Lei Orçamentária para o Exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/411/15.2024_-_projeto_de_lei_15_de_2024_-_autoriza_o_poder_executivo_a_transformar_o_lote_rural_em_lote_urbano1_3.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/411/15.2024_-_projeto_de_lei_15_de_2024_-_autoriza_o_poder_executivo_a_transformar_o_lote_rural_em_lote_urbano1_3.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A_x000D_
 TRANSFORMAR O LOTE RURAL Nº. 1-A, DA GLEBA 18_x000D_
 DA COLÔNIA PARANAVAÍ, SITUADO NA ZONA RURAL_x000D_
 DESSE MUNICÍPIO COM ÁREA DE 4,64HA OU 48.400_x000D_
 M² (QUARENTA E OITO MIL E QUATROCENTOS METROS_x000D_
 QUADRADOS), COM LIMITES CONFRONTAÇÕES_x000D_
 RELACIONADAS NA MATRÍCULA SOB O Nº. 1414, DO_x000D_
 CARTÓRIO DO REGISTRO DE IMÓVEIS DA COMARCA DE_x000D_
 SANTA ISABEL DO IVAÍ, ESTADO DO PARANÁ. EM_x000D_
 ZONA URBANA COM FINALIDADE INDUSTRIAL NESTA_x000D_
 CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/412/16.2024_-__projeto_de_lei_016-2024_-_credito_especial_por_anulacao_de_dotacao.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/412/16.2024_-__projeto_de_lei_016-2024_-_credito_especial_por_anulacao_de_dotacao.pdf</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/413/17.2024_-_projeto_de_lei_017-2024_-_credito_especial_por_superavit_financeiro_-varias_fontes_2.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/413/17.2024_-_projeto_de_lei_017-2024_-_credito_especial_por_superavit_financeiro_-varias_fontes_2.pdf</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/414/18.2024_-__projeto_de_lei_18_de_2024_-_ratifica_a_redacao_do_contrato_de_consorcio_publico.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/414/18.2024_-__projeto_de_lei_18_de_2024_-_ratifica_a_redacao_do_contrato_de_consorcio_publico.pdf</t>
   </si>
   <si>
     <t>Ratifica a redação do Contrato de_x000D_
 Consórcio Público e do Estatuto Social do_x000D_
 Consórcio Intermunicipal de Saneamento do_x000D_
 Paraná (CISPAR) e autoriza o ingresso do_x000D_
 Município no Consórcio.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/415/19.2024_-_projeto_de_lei_19_de_2024_-_ratifica_a_2a_alteracao_do_contrato_do_consorcio_publico_do_consorcio_intermunicipal_de_saude.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/415/19.2024_-_projeto_de_lei_19_de_2024_-_ratifica_a_2a_alteracao_do_contrato_do_consorcio_publico_do_consorcio_intermunicipal_de_saude.pdf</t>
   </si>
   <si>
     <t>Ratifica a 2ª Alteração do Contrato_x000D_
 do Consórcio Público do Consórcio_x000D_
 Intermunicipal de Saúde / AMUNPAR, aprovada_x000D_
 na assembleia geral extraordinária de_x000D_
 26/04/2024, visando ampliar as finalidades do_x000D_
 Consórcio Público para atuação_x000D_
 multifinalitária, e autoriza a permanência do_x000D_
 município de SANTA MÔNICA no agora denominado_x000D_
 CONSÓRCIO INTERMUNICIPAL DE SAÚDE E SERVIÇOS_x000D_
 / AMUNPAR e dá outras providências.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/416/21.2024_-_projeto_de_lei_021-2024_-_camara.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/416/21.2024_-_projeto_de_lei_021-2024_-_camara.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Orgânica do Município de Santa Mônica, aumentando o rol das_x000D_
 competências privativas da Câmara Municipal no que concerne à sua autonomia_x000D_
 orçamentária e dá outras providências.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/418/23.2024_-_projeto_de_lei_023-2024_-_calculo_atuarial_2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/418/23.2024_-_projeto_de_lei_023-2024_-_calculo_atuarial_2023.pdf</t>
   </si>
   <si>
     <t>Homologa a reavaliação atuarial para equacionamento do déficit técnico do Regime Próprio de Previdência Social – RPPS, dos Servidores Públicos do Município de Santa Mônica, Estado do Paraná, que apurou o custo suplementar para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/420/projeto_de_lei_25.2024_-_camara.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/420/projeto_de_lei_25.2024_-_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Especial para criação de elemento de despesa no orçamento vigente da Câmara Municipal de Santa Mônica - exercício financeiro de2024.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/436/projeto_de_lei_n_027.2024.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/436/projeto_de_lei_n_027.2024.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Dispõe sobre a criação do Conselho_x000D_
 Municipal de Esporte e Lazer, do Fundo Municipal_x000D_
 de Esporte e institui a Conferência Municipal de_x000D_
 Esporte.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/432/28.2024_-_projeto_de_lei_-_orcamentaria_anual_para_o_exercicio_de_2025..pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/432/28.2024_-_projeto_de_lei_-_orcamentaria_anual_para_o_exercicio_de_2025..pdf</t>
   </si>
   <si>
     <t>SÚMULA: Dispõe sobre a estimativa da Receita e_x000D_
 fixação da Despesa do Município de Santa Mônica_x000D_
 para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/431/29.2024_-_projeto_de_lei_-_incentivo_por_desempenho_individual_variavel_a_ser_concedido_aos_profissionais_da_saude_bucal_na_atencao_primari.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/431/29.2024_-_projeto_de_lei_-_incentivo_por_desempenho_individual_variavel_a_ser_concedido_aos_profissionais_da_saude_bucal_na_atencao_primari.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Dispõe sobre o incentivo por desempenho individual variável a ser concedido aos profissionais da saúde bucal na Atenção Primária à Saúde – APS, instituído pela Portaria GM/MS nº 960 de 17 de julho de 2023.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/429/30.2024_-_projeto_de_lei_-__abre_credito_especial_por_excesso_de_arrecadacao_bem_como_altera-se_ppa_ldo_e_loa_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/429/30.2024_-_projeto_de_lei_-__abre_credito_especial_por_excesso_de_arrecadacao_bem_como_altera-se_ppa_ldo_e_loa_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Excesso de Arrecadação, bem como altera-se PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/430/31.2024_-_projeto_de_lei_-_abre_credito_especial_por_anulacao_de_dotacao_bem_como_altera-se_ppa_ldo_e_loa_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/430/31.2024_-_projeto_de_lei_-_abre_credito_especial_por_anulacao_de_dotacao_bem_como_altera-se_ppa_ldo_e_loa_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Anulação de Dotação, bem como altera-se PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/433/projeto_de_lei_032-2024_-_credito_especial_por_anulacao_de_dotacao.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/433/projeto_de_lei_032-2024_-_credito_especial_por_anulacao_de_dotacao.pdf</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/438/projeto_de_lei_033-2024.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/438/projeto_de_lei_033-2024.pdf</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/439/34.2024_-_projeto_de_lei_34_de_2024_-_altera_a_lei_56_de_2020.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/439/34.2024_-_projeto_de_lei_34_de_2024_-_altera_a_lei_56_de_2020.pdf</t>
   </si>
   <si>
     <t>EMENTA: Ementa: Altera a redação do Art. 7º e o Anexo I – Tabela de Diárias da Lei n.º 056/2020, que dispõe sobre rotinas e procedimentos para concessão de diárias e adiantamento aos servidores públicos no âmbito da Administração Pública direta, autárquica e fundacional do Município de Santa Mônica.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/440/35.2024_-_projeto_de_lei_35_de_2024_-_altera_lei_55_de_2020.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/440/35.2024_-_projeto_de_lei_35_de_2024_-_altera_lei_55_de_2020.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 1º e do Art. 4º da Lei n.º 055/2020, que fixa os valores das diárias para o Prefeito, Vice-Prefeito, Secretários Municipais e outros servidores do Município de Santa Mônica, e dá outras providências.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/442/pl_36.2024_-.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/442/pl_36.2024_-.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AQUISIÇÃO DA ÁREA DE TERRA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Jaime José Vieira Junior, José Rodrigues da Silva, Sueli Ferreira da Silva Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/441/projeto_de_lei_037.2024_-.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/441/projeto_de_lei_037.2024_-.pdf</t>
   </si>
   <si>
     <t>Altera valores constantes da Lei n" O54/2O2O, para pagamento de concessão de e Comissionados do PODER LEGISIATIVO e dá outras providências.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/443/38.2024_-_projeto_de_lei_038-2024.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/443/38.2024_-_projeto_de_lei_038-2024.pdf</t>
   </si>
   <si>
     <t>Dispõem sobre a prorrogação do mandato dos órgãos diretivos do Regime Próprio de Previdência Social- R.P.P.S., dos servidores públicos municipais do município de SANTA Mônica, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Gabinete da Presidência - GABPRES</t>
   </si>
   <si>
     <t>Altera dispositivo da LM n.º 54, de 24.08.2020, a qual dispõe sobre a concessão de diárias a Vereadores e aos Servidores do Poder Legislativo de Santa Mônica, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/444/40.2024_-_projeto_de_lei_040-2024.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/444/40.2024_-_projeto_de_lei_040-2024.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 15°, inciso III do Art. 33, e o Anexo I da Lei 81 de 2013, (Reestruturação Administrativa Organizacional do Poder Executivo), para aperfeiçoar as disposições do Título II, Seção III da Procuradoria Jurídica em referência a Recomendação administrativa 05 de 2024 do Ministério Púbico do Estado do Paraná), e da outras providências.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/395/projeto_de_resolucao_-_correcao_do_auxilio_alimentacao_1.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/395/projeto_de_resolucao_-_correcao_do_auxilio_alimentacao_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do "AUXÍLIO ALIMENTAÇÃO" dos servidores do Poder Legislativo Municipal e, adota outras providências.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/419/02.2024_-_resolucao.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/419/02.2024_-_resolucao.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução n.º 04/93 - Regimento Interno - aumentando o rol das competências privativas da Câmara Municipal no que concerne à sua autonomia orçamentária e dá outras providências.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/435/03.2024_-projeto_de_resolucao_-_dispoe_sobre_abertura_de_credito_adicional_especial.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/435/03.2024_-projeto_de_resolucao_-_dispoe_sobre_abertura_de_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Especial para criação de elemento de despesa no orçamento vigente da Câmara Municipal de Santa Mônica - exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>CATFO - Comissão da Administração Tributária, Financeira e Orçamentária</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/437/projet1.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/437/projet1.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas do Poder Executivo do Município de Santa Mônica, Estado do Paraná, referentes ao Exercício Financeiro de 2021.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/446/05_-_projeto_de_resolucao_-_aprova_pca_2022_pref._luan_gustavo_frazatto.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/446/05_-_projeto_de_resolucao_-_aprova_pca_2022_pref._luan_gustavo_frazatto.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas do Poder Executivo do Município de Santa Mônica, Estado do Paraná, referentes ao Exercício Financeiro de 2022.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/447/06.2024_-_resolucao_06.2024_-_aprova_pca_2014_pref._sergio_jose_ferreira.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/447/06.2024_-_resolucao_06.2024_-_aprova_pca_2014_pref._sergio_jose_ferreira.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas do Poder Executivo do Município de Santa Mônica, Estado do Paraná, referentes ao Exercício Financeiro de 2014.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Sueli Ferreira da Silva Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/421/01._2024_-requerimento_sueli.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/421/01._2024_-requerimento_sueli.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Excelentíssimo Sr. Luan Gustavo Frazatto, DD. Prefeito_x000D_
 Municipal de Santa Mônica/PR: por meio do setor competente que seja_x000D_
 disponibilizado relação de equipamentos agrícolas cedidos e qual_x000D_
 localidade/local estes se encontra.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/422/01.2024_-__requerimento_sergio.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/422/01.2024_-__requerimento_sergio.pdf</t>
   </si>
   <si>
     <t>Eu SERGIO PEREIRA DA SILVA, vereador, residente e domiciliado na Rua Euclides da Cunha ne._x000D_
 23, centro, cidade de Santa Mônica, Estado do Paraná, venho através da presente requerer de_x000D_
 vossa Excelência que seja dado como matéria recebida o que se segue para que fique seja lido_x000D_
 e arquivado nesta casa de leis:_x000D_
 1- RECOMENDAÇÃO ADMINTSTRATIVA Nº  01/2024 INQUÉRITO CIVIL DO MINISTERIO PUBLICO DE SANTA ISABEL DO IVAI-PR</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/423/03._2024_-requerimento_formigao.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/423/03._2024_-requerimento_formigao.pdf</t>
   </si>
   <si>
     <t>José Rodrigues da Silva, Vereador que está subscreve, obedecendo à ordem regimental, vem com acatamento e respeitos devidos à presença de Vossa Senhoria, depois de ouvido o Plenário, requerer, conforme se segue:_x000D_
 _x000D_
 _x000D_
 Requeiro ao Excelentíssimo Sr. Luan Gustavo Frazatto, DD. Prefeito Municipal de Santa Mônica/PR: Por meio do setor competente que seja disponibilizado relação dos tratores TOBATA cedidos e onde se encontra, solicito também termo de sessão.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -1038,68 +1038,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/400/indicacao_01.2024_-_jose_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/401/indicacao_02.2024_-_jose_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/404/01.2024_-__requerimento_sergio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/424/04.2024_-_indicacao_vereador_vanildo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/426/06.2024_-_indicacao_vereador_jose_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/427/07._2024_-indicacao_junio_-identificacao_de__estradas.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/428/indicacao_vereador_junior.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/390/2projeto_de_lei_002-2024_atualizacao_do_vale_alimentacao_2024-15-01-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/391/andamento_-_projeto_de_lei_003-2024_-_credito_especial_por_anulacao_de_dotacao_-.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/394/projeto_de_lei_de_no_04.2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/396/andamento_-_projeto_de_lei_005-2024_-_credito_especial_por_superavit_financeiro_-_pavimentacao_estradas_e_vilas_rurais.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/397/andamento_-_projeto_de_lei_006-2024_-_credito_especial_por_superavit_financeiro_parque.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/398/andamento-_projeto_de_lei_007-2024_-_refis_-_iptu.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/399/andamento-_projeto_de_lei_008-2024_iptu_2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/405/09.2024_-_projeto_de_lei_09-2024_-_devolucao_de_cotribuicoes_providenciarias_-__santa_monica_prev..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/406/10.2024_-_projeto_de_lei_010-2024_-_credito_especial_por_superavit_financeiro_-varias_fontes_2.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/407/11.2024_-_projeto_de_lei_11_alteracao_do_contrato_de_consorcio_publico_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/408/12.2024_-_projeto_de_lei_012-2024_-_credito_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/409/13.2024_-_projeto_de_lei_013-2024_-_credito_especial_por_superavit_financeiro_-fundo_de_previdencia_2.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/410/14.2024_-__projeto_de_lei_014-2024_-_lei_de_diretrizes_orcamentarias_-_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/411/15.2024_-_projeto_de_lei_15_de_2024_-_autoriza_o_poder_executivo_a_transformar_o_lote_rural_em_lote_urbano1_3.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/412/16.2024_-__projeto_de_lei_016-2024_-_credito_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/413/17.2024_-_projeto_de_lei_017-2024_-_credito_especial_por_superavit_financeiro_-varias_fontes_2.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/414/18.2024_-__projeto_de_lei_18_de_2024_-_ratifica_a_redacao_do_contrato_de_consorcio_publico.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/415/19.2024_-_projeto_de_lei_19_de_2024_-_ratifica_a_2a_alteracao_do_contrato_do_consorcio_publico_do_consorcio_intermunicipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/416/21.2024_-_projeto_de_lei_021-2024_-_camara.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/418/23.2024_-_projeto_de_lei_023-2024_-_calculo_atuarial_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/420/projeto_de_lei_25.2024_-_camara.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/436/projeto_de_lei_n_027.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/432/28.2024_-_projeto_de_lei_-_orcamentaria_anual_para_o_exercicio_de_2025..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/431/29.2024_-_projeto_de_lei_-_incentivo_por_desempenho_individual_variavel_a_ser_concedido_aos_profissionais_da_saude_bucal_na_atencao_primari.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/429/30.2024_-_projeto_de_lei_-__abre_credito_especial_por_excesso_de_arrecadacao_bem_como_altera-se_ppa_ldo_e_loa_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/430/31.2024_-_projeto_de_lei_-_abre_credito_especial_por_anulacao_de_dotacao_bem_como_altera-se_ppa_ldo_e_loa_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/433/projeto_de_lei_032-2024_-_credito_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/438/projeto_de_lei_033-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/439/34.2024_-_projeto_de_lei_34_de_2024_-_altera_a_lei_56_de_2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/440/35.2024_-_projeto_de_lei_35_de_2024_-_altera_lei_55_de_2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/442/pl_36.2024_-.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/441/projeto_de_lei_037.2024_-.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/443/38.2024_-_projeto_de_lei_038-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/444/40.2024_-_projeto_de_lei_040-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/395/projeto_de_resolucao_-_correcao_do_auxilio_alimentacao_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/419/02.2024_-_resolucao.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/435/03.2024_-projeto_de_resolucao_-_dispoe_sobre_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/437/projet1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/446/05_-_projeto_de_resolucao_-_aprova_pca_2022_pref._luan_gustavo_frazatto.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/447/06.2024_-_resolucao_06.2024_-_aprova_pca_2014_pref._sergio_jose_ferreira.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/421/01._2024_-requerimento_sueli.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/422/01.2024_-__requerimento_sergio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/423/03._2024_-requerimento_formigao.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/400/indicacao_01.2024_-_jose_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/401/indicacao_02.2024_-_jose_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/404/01.2024_-__requerimento_sergio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/424/04.2024_-_indicacao_vereador_vanildo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/426/06.2024_-_indicacao_vereador_jose_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/427/07._2024_-indicacao_junio_-identificacao_de__estradas.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/428/indicacao_vereador_junior.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/390/2projeto_de_lei_002-2024_atualizacao_do_vale_alimentacao_2024-15-01-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/391/andamento_-_projeto_de_lei_003-2024_-_credito_especial_por_anulacao_de_dotacao_-.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/394/projeto_de_lei_de_no_04.2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/396/andamento_-_projeto_de_lei_005-2024_-_credito_especial_por_superavit_financeiro_-_pavimentacao_estradas_e_vilas_rurais.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/397/andamento_-_projeto_de_lei_006-2024_-_credito_especial_por_superavit_financeiro_parque.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/398/andamento-_projeto_de_lei_007-2024_-_refis_-_iptu.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/399/andamento-_projeto_de_lei_008-2024_iptu_2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/405/09.2024_-_projeto_de_lei_09-2024_-_devolucao_de_cotribuicoes_providenciarias_-__santa_monica_prev..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/406/10.2024_-_projeto_de_lei_010-2024_-_credito_especial_por_superavit_financeiro_-varias_fontes_2.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/407/11.2024_-_projeto_de_lei_11_alteracao_do_contrato_de_consorcio_publico_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/408/12.2024_-_projeto_de_lei_012-2024_-_credito_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/409/13.2024_-_projeto_de_lei_013-2024_-_credito_especial_por_superavit_financeiro_-fundo_de_previdencia_2.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/410/14.2024_-__projeto_de_lei_014-2024_-_lei_de_diretrizes_orcamentarias_-_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/411/15.2024_-_projeto_de_lei_15_de_2024_-_autoriza_o_poder_executivo_a_transformar_o_lote_rural_em_lote_urbano1_3.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/412/16.2024_-__projeto_de_lei_016-2024_-_credito_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/413/17.2024_-_projeto_de_lei_017-2024_-_credito_especial_por_superavit_financeiro_-varias_fontes_2.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/414/18.2024_-__projeto_de_lei_18_de_2024_-_ratifica_a_redacao_do_contrato_de_consorcio_publico.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/415/19.2024_-_projeto_de_lei_19_de_2024_-_ratifica_a_2a_alteracao_do_contrato_do_consorcio_publico_do_consorcio_intermunicipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/416/21.2024_-_projeto_de_lei_021-2024_-_camara.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/418/23.2024_-_projeto_de_lei_023-2024_-_calculo_atuarial_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/420/projeto_de_lei_25.2024_-_camara.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/436/projeto_de_lei_n_027.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/432/28.2024_-_projeto_de_lei_-_orcamentaria_anual_para_o_exercicio_de_2025..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/431/29.2024_-_projeto_de_lei_-_incentivo_por_desempenho_individual_variavel_a_ser_concedido_aos_profissionais_da_saude_bucal_na_atencao_primari.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/429/30.2024_-_projeto_de_lei_-__abre_credito_especial_por_excesso_de_arrecadacao_bem_como_altera-se_ppa_ldo_e_loa_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/430/31.2024_-_projeto_de_lei_-_abre_credito_especial_por_anulacao_de_dotacao_bem_como_altera-se_ppa_ldo_e_loa_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/433/projeto_de_lei_032-2024_-_credito_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/438/projeto_de_lei_033-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/439/34.2024_-_projeto_de_lei_34_de_2024_-_altera_a_lei_56_de_2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/440/35.2024_-_projeto_de_lei_35_de_2024_-_altera_lei_55_de_2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/442/pl_36.2024_-.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/441/projeto_de_lei_037.2024_-.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/443/38.2024_-_projeto_de_lei_038-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/444/40.2024_-_projeto_de_lei_040-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/395/projeto_de_resolucao_-_correcao_do_auxilio_alimentacao_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/419/02.2024_-_resolucao.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/435/03.2024_-projeto_de_resolucao_-_dispoe_sobre_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/437/projet1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/446/05_-_projeto_de_resolucao_-_aprova_pca_2022_pref._luan_gustavo_frazatto.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/447/06.2024_-_resolucao_06.2024_-_aprova_pca_2014_pref._sergio_jose_ferreira.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/421/01._2024_-requerimento_sueli.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/422/01.2024_-__requerimento_sergio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2024/423/03._2024_-requerimento_formigao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="70.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="212.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="211.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>