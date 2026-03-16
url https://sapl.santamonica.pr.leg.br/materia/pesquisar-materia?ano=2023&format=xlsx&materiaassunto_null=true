--- v0 (2025-12-06)
+++ v1 (2026-03-16)
@@ -54,1362 +54,1362 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Sérgio Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/293/indicacao_07.2023_-_sergio.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/293/indicacao_07.2023_-_sergio.pdf</t>
   </si>
   <si>
     <t>Indicação de Autoria do Vereador Sergio Pereira da Silva. Instalação de Quebra Mola na Rua Euclides da Cunha.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/294/indicacao_08.2023_-_sergio.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/294/indicacao_08.2023_-_sergio.pdf</t>
   </si>
   <si>
     <t>Indicação de Autoria do Vereador Sergio Pereira da Silva. Instalação de Quebra Mola na Avenida Nilo Cairo.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Vanildo Aparecido Albino</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/298/indicacao_09.2023_-_vanildo.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/298/indicacao_09.2023_-_vanildo.pdf</t>
   </si>
   <si>
     <t>Indicação: Solicita ao Executivo que, Regulamente o fracionamento das férias dos Servidores Públicos.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/299/indicacao_10.2023_-_sergio.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/299/indicacao_10.2023_-_sergio.pdf</t>
   </si>
   <si>
     <t>Indicação: Solicita Tapar o Buraco na propriedade denominada do Cirino, na saída de para Santa Isabel do Ivaí.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/300/indicacao_11.2023_-_sergio.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/300/indicacao_11.2023_-_sergio.pdf</t>
   </si>
   <si>
     <t>Indicação: Colocar seguranças nos projetos de Santa Mônica e Aparecida do Ivaí.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/307/indicacao_12.2023_-_sergio.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/307/indicacao_12.2023_-_sergio.pdf</t>
   </si>
   <si>
     <t>Indica a Instalação de energia elétrica (trifásica) terreno do Município de Santa Mônica, Estado do Paraná, localizado terreno em frente à formosa alimentos.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/308/indicacao_-_13.2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/308/indicacao_-_13.2023.pdf</t>
   </si>
   <si>
     <t>Indicação: Solicitar ao Executivo que, REALIZE ESTUDOS PRELIMINARES PARA ESTRUTURAÇÃO DE PLANO DE CARREIRA AOS SERVIDORES DO MUNICÍPIO DE SANTA MÔNICA, SOLICITE ESTUDOS DE IMPACTO ORÇAMENTÁRIO VIABILIADE DE REFORMULAÇÃO DOS SALÁRIOS DE SERVIDORES DE CARGOS EM COMISSÃO.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao_14.2023_-_vanildo.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao_14.2023_-_vanildo.pdf</t>
   </si>
   <si>
     <t>TOME AS PROVIDENCIAS LEGAIS PARA QUE DEIXE DE SER DESCONTADO A PREVIDÊNCIA SOCIAL DA VERBA TRANSITÓRIA DOS SERVIDORES DA EDUCAÇÃO, PEDAGOGOS E DIRETORES, E AGILIZE PROCEDIMENTO LEGAL PARA DEVOLUÇÃO DOS VALORES DESCONTADOS DOS ÚLTIMOS 5 ANOS, CONFORME DIREITO DO SERVIDOR, OU ESTABELEÇA NA FORMA DA LEI MUNICIPAL O DIREITO DE INCORPORAÇÃO DA REFERIDA VERBA NA APOSENTADORIA E EM TODOS OS DIREITOS DO SERVIDOR.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Jaime José Vieira Junior</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao_15.2023_-_junior.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao_15.2023_-_junior.pdf</t>
   </si>
   <si>
     <t>Requerimento 15/2023 -Requer ao Poder Executivo a Construção de Pista de Caminhada e Ciclismo entre Santa Mônica e Aparecida do Ivaí.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Sidnei Evaristo Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/324/requerimento_18.2023_-_nei.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/324/requerimento_18.2023_-_nei.pdf</t>
   </si>
   <si>
     <t>Vereador Sidnei Evaristo Ferreira vem, com o devido respeito e acatamento perante Vossa Excelência, requer a nomeação do Parque Urbano em Santa Mônica de: Vereadora Valdinéia Fredericci.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/346/idicacao_021.2023_-__vereador_vanildo_aparecido_albino.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/346/idicacao_021.2023_-__vereador_vanildo_aparecido_albino.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO: Solicitar ao Executivo que, BUSQUE JUNTO AO ÓRGÃO COMPETENTE, QUE SEJA REALIZADO A SINALIZAÇÃO HORIZONTAL VIÁRIA NA RODOVIA TILDO MAZARINO, SOBRE TUDO NOS TRECHOS ENTRE SANTA ISABEL E A PONTE RIO IVAÍ, (PINTURA DE FAIXAS, INTERMITENTES E OU CONTINUAS DIVISÓRIAS E MARCAÇÕES DA PISTA DE ROLAMENTO). Autoria  Vereador Vanildo Aparecido Albino.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/347/idicacao_022.2023_-__vereador_vanildo_aparecido_albino.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/347/idicacao_022.2023_-__vereador_vanildo_aparecido_albino.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO: Solicitar ao Executivo que, TOME AS PROVIDENCIAS LEGAIS PARA QUE SEJA REALIZADO A RECOMPOSIÇÃO DA BOLSA AUXÍLIO DOS ESTAGIÁRIOS DO MUNICÍPIO, SEGUINDO OS PERCENTUAIS DO IPCA, DOS ANOS DE 2021, 2022 E 2023 RESPECTIVAMENTE, 4,52%, 10,16% E 5,93%, TOTALIZANDO 20,61% DE REAJUSTE Ou QUE ESTABELEÇA OUTRO VALOR QUE A ADMINISTRAÇÃO ENTENDER QUE ATENDA ESTA INDICAÇÃO. Vanildo Aparecido Albino, Vereador.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_23_-_sergio.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_23_-_sergio.pdf</t>
   </si>
   <si>
     <t>Solicita Melhorias na Iluminação Publica da Estrada da Peroba.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/364/indicacao_24.2023_-_sergio_pereira.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/364/indicacao_24.2023_-_sergio_pereira.pdf</t>
   </si>
   <si>
     <t>Solicita instalação no Projeto de Santa Mônica de:_x000D_
 - PROJETO DE SANTA MÔNICA:_x000D_
 - Instalar ar condicionado, climatizador ou ventiladores._x000D_
 - Bebedor de água._x000D_
 - Cortina na porta de entrada._x000D_
 - Brinquedos Para crianças_x000D_
 - Ampliação da cozinha</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/365/indicacao_25.2023_-_sergio_pereira.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/365/indicacao_25.2023_-_sergio_pereira.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de:_x000D_
 _x000D_
 - PROJETO DE APARECIDA DO IVAÍ:_x000D_
 - Instalar ar condicionado, climatizador ou ventiladores na sala de Oficina._x000D_
 - Ar condicionado na sala de recreação e alimentação._x000D_
 - Bebedor de água._x000D_
 - Cortina nas Janelas._x000D_
 - Quadra de areia._x000D_
 - Brinquedos educativos e bolas de vôlei._x000D_
 - Segurança</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Bancada do Partido Trabaladores</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/377/indicacao_21.2023_-_vereadores.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/377/indicacao_21.2023_-_vereadores.pdf</t>
   </si>
   <si>
     <t>Sugerindo ao Senhor Prefeito a proceder com alterações no Projeto de Lei n.º 091/2023, de forma que com as novas alterações, sejam contemplados com aumento de salário todos os servidores públicos municipais que não estão incluídos na referida proposição.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/384/indicacao_27.2023_-_vereador_sergio_pereira.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/384/indicacao_27.2023_-_vereador_sergio_pereira.pdf</t>
   </si>
   <si>
     <t>Solicita Instalação de quebra mola na Rua Moises Lupion.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>José Rodrigues da Silva</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/387/requerimento_028.2023_-_jose_rodrigues.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/387/requerimento_028.2023_-_jose_rodrigues.pdf</t>
   </si>
   <si>
     <t>Requerimento ao Poder Executivo a fixação de adesivos de identificação nos veículos oficiais deste município, conforme Lei Municipal 113/2022 e Recomendação Administrativa MPPR nº 009/2023.º</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/386/indicacao_indicacao_sergio_-_29.2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/386/indicacao_indicacao_sergio_-_29.2023.pdf</t>
   </si>
   <si>
     <t>Contratação de Fonoaudiólogo_x000D_
 _x000D_
 Justificativa: O fonoaudiólogo é um profissional da área de saúde formado em nível superior que trabalha com diversos aspectos da comunicação humana, atuando na prevenção, avaliação, diagnóstico, terapia e aperfeiçoamento da função auditiva, linguagem oral e escrita, voz, fluência, articulação da fala, respiração, deglutição e muito. Atendendo as crianças do nosso município, que precisam muito desse atendimento.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Amilton Silis Fumagali, Sérgio Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/388/indicacao_14.2023_-_vereadores_sergio_e_amilton.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/388/indicacao_14.2023_-_vereadores_sergio_e_amilton.pdf</t>
   </si>
   <si>
     <t>Construção de Banheiro na dependência da  Balança de Pesagem.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/290/01.2023_-_projeto_cmsm_recomposicao_salarial_1.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/290/01.2023_-_projeto_cmsm_recomposicao_salarial_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da recomposição aos subsídios dos Vereadores, Presidente da Câmara, fixados por força da LM n.º 062/2020, de 05/11/2020, bem como aos vencimentos dos cargos de provimento efetivo e em comissão do Poder Legislativo Municipal, como determina o inciso X, do artigo 37, da Constituição Federal.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Luan Gustavo Frazatto</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/332/mensagem_de_veto_-_pl_15.2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/332/mensagem_de_veto_-_pl_15.2023.pdf</t>
   </si>
   <si>
     <t>Veto Parcial ao Projeto de Lei 015/2023</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/305/pl_39_de_2023_parcelamento_itbi.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/305/pl_39_de_2023_parcelamento_itbi.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivos na Lei Complementar nº 27, de 29 de setembro de 2010, que Dispõe sobre o Imposto de Transmissão de Bens Imóveis e de direitos a eles relativos - ITBI, e dá outras providências, para possibilitar o pagamento parcelado do imposto.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/333/pl_-_lc_44_anteprojeto_de_lei_do_plano_diretor_municipal.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/333/pl_-_lc_44_anteprojeto_de_lei_do_plano_diretor_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Diretor Municipal do Município de Santa Mônica/PR e dá outras providências.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/334/pl_-_lc_45_anteprojeto_de_lei_do_perimetro_urbano.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/334/pl_-_lc_45_anteprojeto_de_lei_do_perimetro_urbano.pdf</t>
   </si>
   <si>
     <t>Delimita o Perímetro Urbano do Município de Santa Mônica - PR e dá outras providências.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/335/pl_-_lc_46_anteprojeto_de_lei_do_parcelamento_do_solo_urbano.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/335/pl_-_lc_46_anteprojeto_de_lei_do_parcelamento_do_solo_urbano.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Parcelamento e Uso do Solo do Município de Santa Mônica/PR e dá outras providências.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/336/pl_-_lc_47_anteprojeto_de_lei_de_uso_e_ocupacao_de_solo.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/336/pl_-_lc_47_anteprojeto_de_lei_de_uso_e_ocupacao_de_solo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei de Uso e Ocupação do Solo Urbano e Rural do Município de Santa Mônica/PR e dá outras providências.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/337/pl_-_lc_48_anteprojeto_de_lei_do_codigo_de_edificacoes_e_obras.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/337/pl_-_lc_48_anteprojeto_de_lei_do_codigo_de_edificacoes_e_obras.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código de Edificações e Obras do Município de Santa Mônica/PR e dá outras providências.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/338/pl_-_lc_49_anteprojeto_de_lei_do_sistema_viario.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/338/pl_-_lc_49_anteprojeto_de_lei_do_sistema_viario.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei do Sistema Viários do Município de Santa Mônica/PR e dá outras providências.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/339/pl_-_lc_50_anteprojeto_de_lei_do_codigo_de_posturas.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/339/pl_-_lc_50_anteprojeto_de_lei_do_codigo_de_posturas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código de Posturas do Município de Santa Mônica/PR e dá outras providencias.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/366/pl_-_lc_51_anteprojeto_de_lei_de_condominios.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/366/pl_-_lc_51_anteprojeto_de_lei_de_condominios.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Dispõe sobre normas para projetos de residências e Condomínios horizontais e verticais do Município de Santa Mônica/PR e dá outras providências.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/367/pl_-_lc_52_anteprojeto_de_lei_da_regulamentacao_do_direito_de_preempcao.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/367/pl_-_lc_52_anteprojeto_de_lei_da_regulamentacao_do_direito_de_preempcao.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Dispõe sobre a regulamentação do Direito de Preempção de acordo com a Lei de Revisão do Plano Diretor Municipal de Santa Mônica/PR e dá outras providências.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/340/pl_-_lc_53_anteprojeto_de_lei_de_regulamentacao_de_outorga_onerosa.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/340/pl_-_lc_53_anteprojeto_de_lei_de_regulamentacao_de_outorga_onerosa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da Outorga Onerosa do Direto de Construir de acordo com a Lei de Revisão do Plano Diretor Municipal de Santa Mônica/PR e dá outras providências.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/341/pl_-_lc_54_anteprojeto_de_lei_de_regulamentacao_da_transferencia_do_direito_de_construir.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/341/pl_-_lc_54_anteprojeto_de_lei_de_regulamentacao_da_transferencia_do_direito_de_construir.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Transferência do Direito de Construir de acordo com a Lei de Revisão do Plano Diretor Municipal de Santa Mônica/PR e dá outras providências.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/342/pl_-_lc_55_anteprojeto_de_lei_de_regulamentacao_do_eiv.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/342/pl_-_lc_55_anteprojeto_de_lei_de_regulamentacao_do_eiv.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do Estudo de Impacto de Vizinhança de acordo com a Lei de Revisão do Plano Diretor Municipal de Santa Mônica/PR e dá outras providências.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/257/projeto_de_lei_no_01.2023_assinado.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/257/projeto_de_lei_no_01.2023_assinado.pdf</t>
   </si>
   <si>
     <t>Altera e acrescente à Lei Municipal nº 67/2022, que “INSITITUI O AUXÍLIO ALIMENTAÇÃO AOS SERVIDORES MUNICIPAIS DO MUNICÍPIO DE SANTA MÔNICA/PR E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/258/projeto_de_lei_02__-_apae_assinado.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/258/projeto_de_lei_02__-_apae_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo Municipal a repassar valor de Emenda Parlamentar destinado a Associação de Pais e Amigos dos Excepcionais - APAE do município de Santa Mônica/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/259/projeto_lei_003-2023_assinado2.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/259/projeto_lei_003-2023_assinado2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Recomposição Salarial e/ou Vencimentos aos servidores do quadro de provimento efetivo, ativos, inativos, pensionistas, emprego público, conselheiros tutelares, Profissionais do Magistério, detentores de cargos de provimento em comissão e agentes políticos do Poder Executivo do Município de Santa Monica/PR, exceto o Prefeito Municipal, como determina o inciso X, do artigo 37, da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/267/projeto_de_lei_cultura_1.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/267/projeto_de_lei_cultura_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Municipal de Cultura do Município de Santa Mônica/PR, e dá outras providências.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/282/projeto_de_lei_05.2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/282/projeto_de_lei_05.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Santa Mônica a CONCEDER DESCONTO NO PAGAMENTO EM PARCELA ÚNICA OU CONCEDER PARCELAMENTO DO IPTU DO EXERCICIO DE 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/268/projeto_06.2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/268/projeto_06.2023.pdf</t>
   </si>
   <si>
     <t>Institui o PROGRAMA DE RECUPERAÇÃO FISCAL – REFIS 2023, do Município de Santa Mônica e dá outras providências.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/260/pl_07-2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/260/pl_07-2023.pdf</t>
   </si>
   <si>
     <t>Altera o art. 76 da Lei municipal n°. 14 de 2003, instituindo nova modalidade de licença aos Servidores Públicos desta municipalidade e dá outras_x000D_
 providencias.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Abre Crédito Especial por excesso de arrecadação, incluindo nova meta de trabalho no PPA,LDO E LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Anulação de Dotação, e dá outras providencias.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Excesso de Arrecadação, e dá outras providencias.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/272/andamento_-_projeto_de_lei_011-2023_-_credito_especial_por_superavit_fonte_livres_-_pavimentacao_estrada_peroba.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/272/andamento_-_projeto_de_lei_011-2023_-_credito_especial_por_superavit_fonte_livres_-_pavimentacao_estrada_peroba.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superávit Financeiro e dá outras providências.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/273/andamento_-_projeto_de_lei_012-2023_-_credito_especial_por_excesso_de_arrecadacao_-_portal_da_cidade_400.00000.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/273/andamento_-_projeto_de_lei_012-2023_-_credito_especial_por_excesso_de_arrecadacao_-_portal_da_cidade_400.00000.pdf</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/274/andamento_-_projeto_de_lei_013-2023_-_credito_especial_por_excesso_de_arrecadacao_parque_urbano_344.43758.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/274/andamento_-_projeto_de_lei_013-2023_-_credito_especial_por_excesso_de_arrecadacao_parque_urbano_344.43758.pdf</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/276/andamento_-_projeto_de_lei_015-2023_-_credito_especial_por_excesso_de_arrecadacao_-_construcao_de_arena_multiuso_-_meu_campinho.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/276/andamento_-_projeto_de_lei_015-2023_-_credito_especial_por_excesso_de_arrecadacao_-_construcao_de_arena_multiuso_-_meu_campinho.pdf</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/277/andamento_-_projeto_de_lei_016-2023_-_credito_especial_por_supertavitr_financeiro_-_construcao_de_arena_multiuso_-_meu_campinho_-.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/277/andamento_-_projeto_de_lei_016-2023_-_credito_especial_por_supertavitr_financeiro_-_construcao_de_arena_multiuso_-_meu_campinho_-.pdf</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/278/andamento_-_projeto_de_lei_017-2023_-_credito_especial_por_excesso_de_arrecadacao_operacao_de_credito.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/278/andamento_-_projeto_de_lei_017-2023_-_credito_especial_por_excesso_de_arrecadacao_operacao_de_credito.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE SANTA MÔNICA, PARA O EXERCÍCIO DE 2022.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/279/andamento_-_projeto_de_lei_018-2023_-_credito_especial_por_excesso_de_arrecadacao_-_pavimentacao_800.00000.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/279/andamento_-_projeto_de_lei_018-2023_-_credito_especial_por_excesso_de_arrecadacao_-_pavimentacao_800.00000.pdf</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_de_lei_19.2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_de_lei_19.2023.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de distribuição de ovos de chocolate e o programa de distribuição de brinquedos e jogos pedagógicos aos alunos da rede municipal de ensino do Município de Santa Mônica e dá outras providências.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_lei_20.2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_lei_20.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do conselho Municipal de Educação e dá outras providencias.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/264/projeto_de_lei_21.2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/264/projeto_de_lei_21.2023.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Excesso de Arrecadação, bem como altera-se PPA, LDO e LOA, e dá outras providencias.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/265/projeto_de_lei_22.2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/265/projeto_de_lei_22.2023.pdf</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_de_lei_23.2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_de_lei_23.2023.pdf</t>
   </si>
   <si>
     <t>Cria Gratificação por Regime de Tempo Integral e de Dedicação Exclusiva - GTIDE, para motorista de transporte escolar, ônibus, caminhão, tratores e maquina pesadas, sob o regime de revezamento a ser definido pelas Secretarias de Obras Pública e Meio Ambiente, Secretaria de Educação e Cultura, Secretaria do Esporte e Secretaria da Ação Social no Valor de 60% (sessenta por cento)da remuneração do vencimento básico.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/261/projeto_de_lei_24.2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/261/projeto_de_lei_24.2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 024/2023 - Institui A Ouvidoria Municipal de Saúde junto à Secretaria Municipal de Saúde de Santa Mônica, e dá outras providências.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/283/pl-26-2023_utilidade_publica.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/283/pl-26-2023_utilidade_publica.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a Associação de Catadores de Materiais Recicláveis de Santa Mônica.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/284/pl-_27_-2023_tea.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/284/pl-_27_-2023_tea.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de jornada de trabalho especial para os servidores públicos municipais com transtorno de espectro do autismo (TEA) ou outras_x000D_
 deiscências, bem como aos que tenham cônjuge, pais e filhos na condição supracitada, e dá outras providências."</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/285/andamento_-_projeto_de_lei_028-2023_-_credito_especial_por_superavit_financeiro_subvencao_apae.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/285/andamento_-_projeto_de_lei_028-2023_-_credito_especial_por_superavit_financeiro_subvencao_apae.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superávit Financeiro, bem como altera-se PPA, LDO e LOA e dá outras providencias.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_029_de_2023_-_conselho_tutelar.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_029_de_2023_-_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Estabelece a Estrutura e o Funcionamento do Conselho Tutelar do Município de Santa Mônica, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/287/projeto_de_lei_031.2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/287/projeto_de_lei_031.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar concessão de uso de imóvel público e dá outras providências.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_032.2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_032.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de bens Móveis (veículos automotores, máquinas equipamentos e sucata) de propriedade do município de Santa Mônica Pr e da outras Providencias.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/289/projeto_de_lei_033.2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/289/projeto_de_lei_033.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do "AUXÍLIO ALIMENTAÇÃO" aos Servidores Municipais do Município de Santa Mônica Pr e da outras providências.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/292/projeto_lei_034-2023_altera_nivel_padrao_ocupacional.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/292/projeto_lei_034-2023_altera_nivel_padrao_ocupacional.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 034/2023 - Altera disposição contidas no Anexo II - Estrutura de Cargos Efetivos - Grupos Ocupacional Profissional, parte integrante da Lei Municipal nº 16/2003, de 28/08/2003 (consolidadas suas alterações e dá outras providências.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/301/andamento_-_projeto_de_lei_035-2023_-_credito_especial_por_superavit_financeiro_-varias_fontes_2.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/301/andamento_-_projeto_de_lei_035-2023_-_credito_especial_por_superavit_financeiro_-varias_fontes_2.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 035/2023 - Ementa: Abre Crédito Especial por Superávit Financeiro, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/297/projeto_de_lei_no_036-2023_-_lei_de_diretrizes_orcamentarias_para_2024.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/297/projeto_de_lei_no_036-2023_-_lei_de_diretrizes_orcamentarias_para_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre as Diretrizes para a Elaboração da Lei Orçamentaria para o Exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/295/projeto_de_lei_037-2023_-_altera_a_lei_166-2023_conselho_municipal_de_educacao.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/295/projeto_de_lei_037-2023_-_altera_a_lei_166-2023_conselho_municipal_de_educacao.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Municipal nº166/2023 e dá outras providência;</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/303/andamento_-_projeto_de_lei_038-2023_-_credito_especial_por_anulacao_de_dotacao.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/303/andamento_-_projeto_de_lei_038-2023_-_credito_especial_por_anulacao_de_dotacao.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 038/2023 - Ementa: Abre Crédito Suplementar por Anulação de Dotação e dá outras providências.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/310/projeto_041-2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/310/projeto_041-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 041/2023 – Autoriza O Poder Executivo Municipal a realizar concessão de uso de MAQUINA-TRATOR AGRICOLA público e dá outras providências.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/311/042-2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/311/042-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 042/2023 – De Autoria do Vereador Jaime José Vieira. Institui a Política Municipal do Controle de Natalidade de Cães e Gatos e dá outras Providências.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/312/projeto_043-2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/312/projeto_043-2023.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Homologa a reavaliação atuarial para equacionamento do déficit técnico do Regime Próprio de Previdência Social -_x000D_
 RPPS, dos Servidores Públicos do Município de Santa Mônica, Estado do Paraná, que apurou o custo suplementar para o exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/318/mensagem_057-2023_pavimentacao_em_ruas_e_avenidas_do_municipio_5.000.00000-mesclado_1.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/318/mensagem_057-2023_pavimentacao_em_ruas_e_avenidas_do_municipio_5.000.00000-mesclado_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 57/2023 - Abre Crédito Especial por Excesso de Arrecadação, e dá outras providencias.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/319/mensagem_058-2023_iluminacao_em_led_do_municipio_728.00000-mesclado.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/319/mensagem_058-2023_iluminacao_em_led_do_municipio_728.00000-mesclado.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 58/2023 - Abre Crédito Especial por Excesso de Arrecadação, e dá outras providencias. O Projeto de Lei, do qual trata esta mensagem, refere-se a convênio celebrado com o governo do estado para substituição de luminárias tradicionais da cidade por lâmpadas do tipo LED.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/320/mensagem_059-2023_convenio_festa_da_cidade-mesclado.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/320/mensagem_059-2023_convenio_festa_da_cidade-mesclado.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI 59/2023 - Abre Crédito Especial por Excesso de Arrecadação, e dá outras providencias.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/321/mensagem_060-2023_casa_lar-mesclado.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/321/mensagem_060-2023_casa_lar-mesclado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Santa Monica, Estado do Paraná a celebrar convênio com o Município de Santa Isabel do Ivaí, visando à manutenção de “Casa-Lar”, para o atendimento das ações previstas no Estatuto da Criança e do Adolescente (ECA)”, e dá outras providências.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/322/andamento_-_projeto_de_lei_061-2023_-_credito_especial_por_anulacao_de_dotacao.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/322/andamento_-_projeto_de_lei_061-2023_-_credito_especial_por_anulacao_de_dotacao.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 061/2023 - Abre Crédito Suplementar por Anulação de Dotação e dá outras providências.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/326/ok_-_projeto_de_lei_062-2023_-_credito_especial_por_excesso_de_arrecadacao_-_parque_iinfantil.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/326/ok_-_projeto_de_lei_062-2023_-_credito_especial_por_excesso_de_arrecadacao_-_parque_iinfantil.pdf</t>
   </si>
   <si>
     <t>Ementa: Abre Crédito Especial por Excesso de Arrecadação, bem como altera-se PPA, LDO e LOA, e dá outras providencias.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/327/ok_-_projeto_de_lei_063-2023_-_credito_especial_por_superavit_financeiro_-_parque_iinfantil.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/327/ok_-_projeto_de_lei_063-2023_-_credito_especial_por_superavit_financeiro_-_parque_iinfantil.pdf</t>
   </si>
   <si>
     <t>Ementa: Abre Crédito Especial por Superávit Financeiro, bem como altera-se PPA, LDO e LOA e dá outras providencias.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/328/64._projeto_de_lei_do_fundo_municipal_de_cultura_fumcult.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/328/64._projeto_de_lei_do_fundo_municipal_de_cultura_fumcult.pdf</t>
   </si>
   <si>
     <t>Súmula: Institui o Fundo Municipal de Cultura - FUMCULT e adota outras providências.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/329/65._projeto_de_lei_do_plano_municipal_de_cultura_plamcult.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/329/65._projeto_de_lei_do_plano_municipal_de_cultura_plamcult.pdf</t>
   </si>
   <si>
     <t>Súmula: Institui o Plano Municipal de Cultura (PLAMCULT), e adota outras providências.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/330/66._projeto_de_lei_do_sistema_municipal_de_cultura_simcult.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/330/66._projeto_de_lei_do_sistema_municipal_de_cultura_simcult.pdf</t>
   </si>
   <si>
     <t>Ementa: Institui o Sistema Municipal de Cultura – SIMCULT do Município de Santa Mônica, e dá outras providências.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Súmula: Institui o Conselho Municipal de Cultura – COMCULT e adota outras providências.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_no_68.2023_-_rede_municipal_de_protecao_a_crianca_e_adoles..pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_no_68.2023_-_rede_municipal_de_protecao_a_crianca_e_adoles..pdf</t>
   </si>
   <si>
     <t>Súmula: "Institui a Rede Municipal de Proteção à Criança e ao Adolescente de Santa Mônica, em caráter multisetorial e interinstitucional, para garantia de direitos, com prioridade absoluta'.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/344/projeto_de_lei_no_69.2023_-_institui_calendario_de_eventos.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/344/projeto_de_lei_no_69.2023_-_institui_calendario_de_eventos.pdf</t>
   </si>
   <si>
     <t>Institui Calendário de Eventos, festas e feriados do município de Santa Mônica e dá outras providências.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/349/projeto_lei_70.2023_-__concessao_de_uso_de_movel_publico.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/349/projeto_lei_70.2023_-__concessao_de_uso_de_movel_publico.pdf</t>
   </si>
   <si>
     <t>Súmula - Autoriza o poder executivo municipal a realizar concessão de uso de móvel público e regulamenta o comércio de feiras livres do município de Santa Mônica e dá outras providências.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/345/andamento_-_projeto_de_lei_072-2023_-_credito_especial_por_anulacao_de_dotacao_-.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/345/andamento_-_projeto_de_lei_072-2023_-_credito_especial_por_anulacao_de_dotacao_-.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Suplementar por Anulação de Dotação e dá outras providências.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/348/projeto_lei_73.2023_-__denominacao_paco_municipal.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/348/projeto_lei_73.2023_-__denominacao_paco_municipal.pdf</t>
   </si>
   <si>
     <t>Denomina o Prédio do Paço Municipal de Santa Mônica.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_no_074-2023_-_lei_orcamentaria_anual-.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_no_074-2023_-_lei_orcamentaria_anual-.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Dispõe sobre a estimativa da Receita e fixação da Despesa do Município de Santa Mônica para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/351/projeto_de_lei_075-2023_-_credito_especial_por_anulacao_de_dotacao_-.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/351/projeto_de_lei_075-2023_-_credito_especial_por_anulacao_de_dotacao_-.pdf</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/352/projeto_de_lei_076-2023_-_credito_especial_por_excesso_de_arrecadacao_-.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/352/projeto_de_lei_076-2023_-_credito_especial_por_excesso_de_arrecadacao_-.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Excesso de Arrecadação, e dá outras providências.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/353/projeto_de_lei_077-2023_-_credito_especial_por_excesso_de_arrecadacao_-_pavimentacao_350.00000.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/353/projeto_de_lei_077-2023_-_credito_especial_por_excesso_de_arrecadacao_-_pavimentacao_350.00000.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Excesso de Arrecadação, bem como altera-se PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/356/andamento_-_projeto_de_lei_078-2023_-_credito_especial_por_excesso_de_arrecadacao_-_lei_paulos_gustavo.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/356/andamento_-_projeto_de_lei_078-2023_-_credito_especial_por_excesso_de_arrecadacao_-_lei_paulos_gustavo.pdf</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/354/projeto_de_lei_079-2023_-_credito_especial_por_excesso_de_arrecadacao_-_pavimentacao_estradas_e_vilas_rurais.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/354/projeto_de_lei_079-2023_-_credito_especial_por_excesso_de_arrecadacao_-_pavimentacao_estradas_e_vilas_rurais.pdf</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/368/projeto_de_lei_81.2023_-__imposto_de_servico_de_qualquer_natureza.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/368/projeto_de_lei_81.2023_-__imposto_de_servico_de_qualquer_natureza.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O IMPOSTO SOBRE SERVIÇO DE QUALQUER NATUREZA, DE COMPETÊNCIA DOS MUNICÍPIOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/359/projeto_projeto_de_leilao.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/359/projeto_projeto_de_leilao.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO A PROMOVER LEILÃO PARA ALIENAR MAQUINAS, VEÍCULOS, EQUIPAMENTOS, SUCATAS E BENS INSERVÍVEL, DE PROPRIEDADE DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/362/projeto_de_lei_083-2023_-_credito_especial_por_excesso_de_arrecadacao_-.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/362/projeto_de_lei_083-2023_-_credito_especial_por_excesso_de_arrecadacao_-.pdf</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/363/projeto_de_lei_084-2023_-_credito_especial_por_excesso_de_arrecadacao_-_pavimentacao_estradas_e_vilas_rurais.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/363/projeto_de_lei_084-2023_-_credito_especial_por_excesso_de_arrecadacao_-_pavimentacao_estradas_e_vilas_rurais.pdf</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/361/projeto_de_lei_085_-_altera_a_lei_046_de_2014_e_da_outras.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/361/projeto_de_lei_085_-_altera_a_lei_046_de_2014_e_da_outras.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 046 DE 2014 E DA OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/369/projeto_de_lei_no_86_nfs__1.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/369/projeto_de_lei_no_86_nfs__1.pdf</t>
   </si>
   <si>
     <t>INSTITUI A NOTA FISCAL DE SERVIÇOS ELETRÔNICA (NFS-e), O RECIBO PROVISÓRIO DE SERVIÇOS (RPS), A DECLARAÇÃO MENSAL DE SERVIÇOS (DMS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Gabinete da Presidência - GABPRES</t>
   </si>
   <si>
     <t>Dispõe sobre a Estrutura Administrativa e institui organograma da Câmara Municipal de Santa Mônica, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Plano de Cargos, Carreira e Vencimentos dos Servidores Públicos do Poder Legislativo do Município de Santa Mônica, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/372/pl_89.2023__de_2023_-_ratifica_as_alteracoes_realizadas.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/372/pl_89.2023__de_2023_-_ratifica_as_alteracoes_realizadas.pdf</t>
   </si>
   <si>
     <t>Ratifica as alterações realizadas no Contrato de Consórcio Público do Consórcio Intermunicipal de Saneamento do Paraná – CISPAR.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/373/pl_90.2023_-_revoga_lei_n._174.2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/373/pl_90.2023_-_revoga_lei_n._174.2023.pdf</t>
   </si>
   <si>
     <t>Revoga Lei n°. 174/2023 e autoriza o Poder Executivo Municipal a realizar concessão de uso de imóvel público e dá outras providências.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Dispõe sobre sobre a criação memorial em homenagem a VALDENIR ANTONIO PALMIERI, no Município de Santa Mônica, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/380/96.2023_-_pl_-_dispoe_sobre_a_criacao_de_memorial_em_homenagem_a_valdineia_fredericci..pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/380/96.2023_-_pl_-_dispoe_sobre_a_criacao_de_memorial_em_homenagem_a_valdineia_fredericci..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de memorial em homenagem a VALDINEIA FREDERICCI "DIDI", no Município de Santa Mônica, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/381/projeto_de_lei_097-2023_-_credito_especial_por_anulacao_de_dotacao_-.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/381/projeto_de_lei_097-2023_-_credito_especial_por_anulacao_de_dotacao_-.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Anulação de Dotação e dá outras providências.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/385/projeto_de_lei_098-2023_-_credito_especial_por_excesso_de_arrecadacao_-.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/385/projeto_de_lei_098-2023_-_credito_especial_por_excesso_de_arrecadacao_-.pdf</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/383/projeto_de_lei_099-2023_-_credito_especial_por_superavit_financeiro_-varias_fontes.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/383/projeto_de_lei_099-2023_-_credito_especial_por_superavit_financeiro_-varias_fontes.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superávit Financeiro, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_resolucao_01.2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_resolucao_01.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DIA E HORÁRIO DAS SESSÕES ORDINÁRIAS DA CÂMARA MUNICIPAL DE SANTA MÔNICA, ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/325/projet2.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/325/projet2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar para reforço de dotação consignada no orçamento vigente da Câmara Municipal de Santa Mônica.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>Dispõe sobre a Concessão de Auxílio Alimentação aos servidores do Poder Legislativo Municipal e, adota outras providências.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>ACO</t>
   </si>
   <si>
     <t>Acordão</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/434/acordao_1162_2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/434/acordao_1162_2023.pdf</t>
   </si>
   <si>
     <t>Parecer prévio proferido pelo Tribunal nas contas do Poder Executivo do MUNICÍPIO DE SANTA MÔNICA, exercício financeiro de 2014, conforme dados abaixo:_x000D_
 1. Processo n.º 530080/20 - RECURSO DE REVISÃO_x000D_
 2. Acórdão nº 1162/23 – Tribunal Pleno_x000D_
 3. Disponibilização no Diário Eletrônico do Tribunal de Contas n.º 2985, de 23/05/2023_x000D_
 4. Data do trânsito em julgado do Acórdão – 01/06/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
@@ -1720,68 +1720,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/293/indicacao_07.2023_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/294/indicacao_08.2023_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/298/indicacao_09.2023_-_vanildo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/299/indicacao_10.2023_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/300/indicacao_11.2023_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/307/indicacao_12.2023_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/308/indicacao_-_13.2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao_14.2023_-_vanildo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao_15.2023_-_junior.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/324/requerimento_18.2023_-_nei.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/346/idicacao_021.2023_-__vereador_vanildo_aparecido_albino.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/347/idicacao_022.2023_-__vereador_vanildo_aparecido_albino.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_23_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/364/indicacao_24.2023_-_sergio_pereira.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/365/indicacao_25.2023_-_sergio_pereira.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/377/indicacao_21.2023_-_vereadores.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/384/indicacao_27.2023_-_vereador_sergio_pereira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/387/requerimento_028.2023_-_jose_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/386/indicacao_indicacao_sergio_-_29.2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/388/indicacao_14.2023_-_vereadores_sergio_e_amilton.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/290/01.2023_-_projeto_cmsm_recomposicao_salarial_1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/332/mensagem_de_veto_-_pl_15.2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/305/pl_39_de_2023_parcelamento_itbi.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/333/pl_-_lc_44_anteprojeto_de_lei_do_plano_diretor_municipal.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/334/pl_-_lc_45_anteprojeto_de_lei_do_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/335/pl_-_lc_46_anteprojeto_de_lei_do_parcelamento_do_solo_urbano.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/336/pl_-_lc_47_anteprojeto_de_lei_de_uso_e_ocupacao_de_solo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/337/pl_-_lc_48_anteprojeto_de_lei_do_codigo_de_edificacoes_e_obras.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/338/pl_-_lc_49_anteprojeto_de_lei_do_sistema_viario.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/339/pl_-_lc_50_anteprojeto_de_lei_do_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/366/pl_-_lc_51_anteprojeto_de_lei_de_condominios.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/367/pl_-_lc_52_anteprojeto_de_lei_da_regulamentacao_do_direito_de_preempcao.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/340/pl_-_lc_53_anteprojeto_de_lei_de_regulamentacao_de_outorga_onerosa.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/341/pl_-_lc_54_anteprojeto_de_lei_de_regulamentacao_da_transferencia_do_direito_de_construir.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/342/pl_-_lc_55_anteprojeto_de_lei_de_regulamentacao_do_eiv.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/257/projeto_de_lei_no_01.2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/258/projeto_de_lei_02__-_apae_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/259/projeto_lei_003-2023_assinado2.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/267/projeto_de_lei_cultura_1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/282/projeto_de_lei_05.2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/268/projeto_06.2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/260/pl_07-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/272/andamento_-_projeto_de_lei_011-2023_-_credito_especial_por_superavit_fonte_livres_-_pavimentacao_estrada_peroba.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/273/andamento_-_projeto_de_lei_012-2023_-_credito_especial_por_excesso_de_arrecadacao_-_portal_da_cidade_400.00000.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/274/andamento_-_projeto_de_lei_013-2023_-_credito_especial_por_excesso_de_arrecadacao_parque_urbano_344.43758.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/276/andamento_-_projeto_de_lei_015-2023_-_credito_especial_por_excesso_de_arrecadacao_-_construcao_de_arena_multiuso_-_meu_campinho.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/277/andamento_-_projeto_de_lei_016-2023_-_credito_especial_por_supertavitr_financeiro_-_construcao_de_arena_multiuso_-_meu_campinho_-.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/278/andamento_-_projeto_de_lei_017-2023_-_credito_especial_por_excesso_de_arrecadacao_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/279/andamento_-_projeto_de_lei_018-2023_-_credito_especial_por_excesso_de_arrecadacao_-_pavimentacao_800.00000.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_de_lei_19.2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_lei_20.2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/264/projeto_de_lei_21.2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/265/projeto_de_lei_22.2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_de_lei_23.2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/261/projeto_de_lei_24.2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/283/pl-26-2023_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/284/pl-_27_-2023_tea.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/285/andamento_-_projeto_de_lei_028-2023_-_credito_especial_por_superavit_financeiro_subvencao_apae.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_029_de_2023_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/287/projeto_de_lei_031.2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_032.2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/289/projeto_de_lei_033.2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/292/projeto_lei_034-2023_altera_nivel_padrao_ocupacional.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/301/andamento_-_projeto_de_lei_035-2023_-_credito_especial_por_superavit_financeiro_-varias_fontes_2.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/297/projeto_de_lei_no_036-2023_-_lei_de_diretrizes_orcamentarias_para_2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/295/projeto_de_lei_037-2023_-_altera_a_lei_166-2023_conselho_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/303/andamento_-_projeto_de_lei_038-2023_-_credito_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/310/projeto_041-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/311/042-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/312/projeto_043-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/318/mensagem_057-2023_pavimentacao_em_ruas_e_avenidas_do_municipio_5.000.00000-mesclado_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/319/mensagem_058-2023_iluminacao_em_led_do_municipio_728.00000-mesclado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/320/mensagem_059-2023_convenio_festa_da_cidade-mesclado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/321/mensagem_060-2023_casa_lar-mesclado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/322/andamento_-_projeto_de_lei_061-2023_-_credito_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/326/ok_-_projeto_de_lei_062-2023_-_credito_especial_por_excesso_de_arrecadacao_-_parque_iinfantil.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/327/ok_-_projeto_de_lei_063-2023_-_credito_especial_por_superavit_financeiro_-_parque_iinfantil.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/328/64._projeto_de_lei_do_fundo_municipal_de_cultura_fumcult.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/329/65._projeto_de_lei_do_plano_municipal_de_cultura_plamcult.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/330/66._projeto_de_lei_do_sistema_municipal_de_cultura_simcult.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_no_68.2023_-_rede_municipal_de_protecao_a_crianca_e_adoles..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/344/projeto_de_lei_no_69.2023_-_institui_calendario_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/349/projeto_lei_70.2023_-__concessao_de_uso_de_movel_publico.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/345/andamento_-_projeto_de_lei_072-2023_-_credito_especial_por_anulacao_de_dotacao_-.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/348/projeto_lei_73.2023_-__denominacao_paco_municipal.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_no_074-2023_-_lei_orcamentaria_anual-.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/351/projeto_de_lei_075-2023_-_credito_especial_por_anulacao_de_dotacao_-.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/352/projeto_de_lei_076-2023_-_credito_especial_por_excesso_de_arrecadacao_-.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/353/projeto_de_lei_077-2023_-_credito_especial_por_excesso_de_arrecadacao_-_pavimentacao_350.00000.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/356/andamento_-_projeto_de_lei_078-2023_-_credito_especial_por_excesso_de_arrecadacao_-_lei_paulos_gustavo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/354/projeto_de_lei_079-2023_-_credito_especial_por_excesso_de_arrecadacao_-_pavimentacao_estradas_e_vilas_rurais.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/368/projeto_de_lei_81.2023_-__imposto_de_servico_de_qualquer_natureza.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/359/projeto_projeto_de_leilao.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/362/projeto_de_lei_083-2023_-_credito_especial_por_excesso_de_arrecadacao_-.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/363/projeto_de_lei_084-2023_-_credito_especial_por_excesso_de_arrecadacao_-_pavimentacao_estradas_e_vilas_rurais.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/361/projeto_de_lei_085_-_altera_a_lei_046_de_2014_e_da_outras.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/369/projeto_de_lei_no_86_nfs__1.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/372/pl_89.2023__de_2023_-_ratifica_as_alteracoes_realizadas.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/373/pl_90.2023_-_revoga_lei_n._174.2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/380/96.2023_-_pl_-_dispoe_sobre_a_criacao_de_memorial_em_homenagem_a_valdineia_fredericci..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/381/projeto_de_lei_097-2023_-_credito_especial_por_anulacao_de_dotacao_-.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/385/projeto_de_lei_098-2023_-_credito_especial_por_excesso_de_arrecadacao_-.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/383/projeto_de_lei_099-2023_-_credito_especial_por_superavit_financeiro_-varias_fontes.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_resolucao_01.2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/325/projet2.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/434/acordao_1162_2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/293/indicacao_07.2023_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/294/indicacao_08.2023_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/298/indicacao_09.2023_-_vanildo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/299/indicacao_10.2023_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/300/indicacao_11.2023_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/307/indicacao_12.2023_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/308/indicacao_-_13.2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/316/indicacao_14.2023_-_vanildo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/317/indicacao_15.2023_-_junior.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/324/requerimento_18.2023_-_nei.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/346/idicacao_021.2023_-__vereador_vanildo_aparecido_albino.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/347/idicacao_022.2023_-__vereador_vanildo_aparecido_albino.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/355/indicacao_23_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/364/indicacao_24.2023_-_sergio_pereira.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/365/indicacao_25.2023_-_sergio_pereira.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/377/indicacao_21.2023_-_vereadores.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/384/indicacao_27.2023_-_vereador_sergio_pereira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/387/requerimento_028.2023_-_jose_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/386/indicacao_indicacao_sergio_-_29.2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/388/indicacao_14.2023_-_vereadores_sergio_e_amilton.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/290/01.2023_-_projeto_cmsm_recomposicao_salarial_1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/332/mensagem_de_veto_-_pl_15.2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/305/pl_39_de_2023_parcelamento_itbi.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/333/pl_-_lc_44_anteprojeto_de_lei_do_plano_diretor_municipal.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/334/pl_-_lc_45_anteprojeto_de_lei_do_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/335/pl_-_lc_46_anteprojeto_de_lei_do_parcelamento_do_solo_urbano.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/336/pl_-_lc_47_anteprojeto_de_lei_de_uso_e_ocupacao_de_solo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/337/pl_-_lc_48_anteprojeto_de_lei_do_codigo_de_edificacoes_e_obras.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/338/pl_-_lc_49_anteprojeto_de_lei_do_sistema_viario.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/339/pl_-_lc_50_anteprojeto_de_lei_do_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/366/pl_-_lc_51_anteprojeto_de_lei_de_condominios.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/367/pl_-_lc_52_anteprojeto_de_lei_da_regulamentacao_do_direito_de_preempcao.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/340/pl_-_lc_53_anteprojeto_de_lei_de_regulamentacao_de_outorga_onerosa.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/341/pl_-_lc_54_anteprojeto_de_lei_de_regulamentacao_da_transferencia_do_direito_de_construir.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/342/pl_-_lc_55_anteprojeto_de_lei_de_regulamentacao_do_eiv.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/257/projeto_de_lei_no_01.2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/258/projeto_de_lei_02__-_apae_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/259/projeto_lei_003-2023_assinado2.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/267/projeto_de_lei_cultura_1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/282/projeto_de_lei_05.2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/268/projeto_06.2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/260/pl_07-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/272/andamento_-_projeto_de_lei_011-2023_-_credito_especial_por_superavit_fonte_livres_-_pavimentacao_estrada_peroba.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/273/andamento_-_projeto_de_lei_012-2023_-_credito_especial_por_excesso_de_arrecadacao_-_portal_da_cidade_400.00000.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/274/andamento_-_projeto_de_lei_013-2023_-_credito_especial_por_excesso_de_arrecadacao_parque_urbano_344.43758.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/276/andamento_-_projeto_de_lei_015-2023_-_credito_especial_por_excesso_de_arrecadacao_-_construcao_de_arena_multiuso_-_meu_campinho.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/277/andamento_-_projeto_de_lei_016-2023_-_credito_especial_por_supertavitr_financeiro_-_construcao_de_arena_multiuso_-_meu_campinho_-.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/278/andamento_-_projeto_de_lei_017-2023_-_credito_especial_por_excesso_de_arrecadacao_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/279/andamento_-_projeto_de_lei_018-2023_-_credito_especial_por_excesso_de_arrecadacao_-_pavimentacao_800.00000.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_de_lei_19.2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_lei_20.2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/264/projeto_de_lei_21.2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/265/projeto_de_lei_22.2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_de_lei_23.2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/261/projeto_de_lei_24.2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/283/pl-26-2023_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/284/pl-_27_-2023_tea.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/285/andamento_-_projeto_de_lei_028-2023_-_credito_especial_por_superavit_financeiro_subvencao_apae.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_029_de_2023_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/287/projeto_de_lei_031.2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_032.2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/289/projeto_de_lei_033.2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/292/projeto_lei_034-2023_altera_nivel_padrao_ocupacional.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/301/andamento_-_projeto_de_lei_035-2023_-_credito_especial_por_superavit_financeiro_-varias_fontes_2.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/297/projeto_de_lei_no_036-2023_-_lei_de_diretrizes_orcamentarias_para_2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/295/projeto_de_lei_037-2023_-_altera_a_lei_166-2023_conselho_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/303/andamento_-_projeto_de_lei_038-2023_-_credito_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/310/projeto_041-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/311/042-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/312/projeto_043-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/318/mensagem_057-2023_pavimentacao_em_ruas_e_avenidas_do_municipio_5.000.00000-mesclado_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/319/mensagem_058-2023_iluminacao_em_led_do_municipio_728.00000-mesclado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/320/mensagem_059-2023_convenio_festa_da_cidade-mesclado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/321/mensagem_060-2023_casa_lar-mesclado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/322/andamento_-_projeto_de_lei_061-2023_-_credito_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/326/ok_-_projeto_de_lei_062-2023_-_credito_especial_por_excesso_de_arrecadacao_-_parque_iinfantil.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/327/ok_-_projeto_de_lei_063-2023_-_credito_especial_por_superavit_financeiro_-_parque_iinfantil.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/328/64._projeto_de_lei_do_fundo_municipal_de_cultura_fumcult.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/329/65._projeto_de_lei_do_plano_municipal_de_cultura_plamcult.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/330/66._projeto_de_lei_do_sistema_municipal_de_cultura_simcult.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/343/projeto_de_lei_no_68.2023_-_rede_municipal_de_protecao_a_crianca_e_adoles..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/344/projeto_de_lei_no_69.2023_-_institui_calendario_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/349/projeto_lei_70.2023_-__concessao_de_uso_de_movel_publico.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/345/andamento_-_projeto_de_lei_072-2023_-_credito_especial_por_anulacao_de_dotacao_-.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/348/projeto_lei_73.2023_-__denominacao_paco_municipal.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/350/projeto_de_lei_no_074-2023_-_lei_orcamentaria_anual-.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/351/projeto_de_lei_075-2023_-_credito_especial_por_anulacao_de_dotacao_-.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/352/projeto_de_lei_076-2023_-_credito_especial_por_excesso_de_arrecadacao_-.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/353/projeto_de_lei_077-2023_-_credito_especial_por_excesso_de_arrecadacao_-_pavimentacao_350.00000.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/356/andamento_-_projeto_de_lei_078-2023_-_credito_especial_por_excesso_de_arrecadacao_-_lei_paulos_gustavo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/354/projeto_de_lei_079-2023_-_credito_especial_por_excesso_de_arrecadacao_-_pavimentacao_estradas_e_vilas_rurais.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/368/projeto_de_lei_81.2023_-__imposto_de_servico_de_qualquer_natureza.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/359/projeto_projeto_de_leilao.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/362/projeto_de_lei_083-2023_-_credito_especial_por_excesso_de_arrecadacao_-.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/363/projeto_de_lei_084-2023_-_credito_especial_por_excesso_de_arrecadacao_-_pavimentacao_estradas_e_vilas_rurais.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/361/projeto_de_lei_085_-_altera_a_lei_046_de_2014_e_da_outras.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/369/projeto_de_lei_no_86_nfs__1.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/372/pl_89.2023__de_2023_-_ratifica_as_alteracoes_realizadas.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/373/pl_90.2023_-_revoga_lei_n._174.2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/380/96.2023_-_pl_-_dispoe_sobre_a_criacao_de_memorial_em_homenagem_a_valdineia_fredericci..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/381/projeto_de_lei_097-2023_-_credito_especial_por_anulacao_de_dotacao_-.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/385/projeto_de_lei_098-2023_-_credito_especial_por_excesso_de_arrecadacao_-.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/383/projeto_de_lei_099-2023_-_credito_especial_por_superavit_financeiro_-varias_fontes.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_resolucao_01.2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/325/projet2.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2023/434/acordao_1162_2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H116"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="204" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="203.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>