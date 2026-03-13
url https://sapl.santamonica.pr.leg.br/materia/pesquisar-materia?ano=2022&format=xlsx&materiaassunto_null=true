--- v0 (2025-12-06)
+++ v1 (2026-03-13)
@@ -54,87 +54,87 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Vanildo Aparecido Albino</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita ao executivo, serviço de implantação de Wifi com Internet Grátis nas praças e locais de serviços públicos.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Instalação de Calçamento á Rua XV de Novembro, margeando o colégio Estadual Santa Mônica, entre as Ruas, Travessa Eduardo Pereira de Oliveira, Travessa Sebastião Jardim.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Jaime José Vieira Junior</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/217/indicacao_05-2022.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/217/indicacao_05-2022.pdf</t>
   </si>
   <si>
     <t>Transformação na Rua Maringá em frente ao Posto de Saúde e a Escola do Distrito de Aparecida do Ivaí em transito de mão única, devido aos riscos de acidente que esta apresentando no local.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/218/06._2022_-indicacao_do_juniao_para_transformacao_da_rua_do_posto_de_aparecida_do_ivai.docx</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/218/06._2022_-indicacao_do_juniao_para_transformacao_da_rua_do_posto_de_aparecida_do_ivai.docx</t>
   </si>
   <si>
     <t>Indica à secretaria municipal de obras, a sinalização das entradas das Vilas Rurais, Assentamento e Fecularias.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Jair de Lima Pedroso</t>
   </si>
   <si>
     <t>Regulamentar, sem aumento de despesa, cargos de motoristas da saúde em cargos de motorista de veículos de emergência/ambulância conforme dispõe a Lei Federal n°12.998/14; o art. 145-A da Lei 9.503/97 (Código de Trânsito Brasileiro) e o CBO 7823-20, publicado pelo Ministério do Trabalho e Emprego – MTE, publicado em 11 de fevereiro de 2016.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Indicação 08/2022 - Indicação para que seja feita a abertura da Rua Cianorte com a Rua Londrina ao lado a Igreja no Distrito de Aparecida do Ivaí onde fica a antiga academia.</t>
   </si>
@@ -147,114 +147,114 @@
   <si>
     <t>Indica pagamento do Abono de Permanência para os servidores que completaram tempo e idade de aposentadoria e permanecem trabalhando, conforme art. 71 da lei Municipal da Lei 049/2015.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Indicação 011/2022 - Indica a Instalação de Parquinhos nos Projetos Sociais</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Luan Gustavo Frazatto</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/164/2._andamento_-_projeto_de_lei_002-2022_-_pmsm_minuta_plc_cria_cargo_de_professor_de_educacao_infantil-altera_lm_028-2011_revisados.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/164/2._andamento_-_projeto_de_lei_002-2022_-_pmsm_minuta_plc_cria_cargo_de_professor_de_educacao_infantil-altera_lm_028-2011_revisados.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n.º 028/2011, de 26/04/2011, criando o cargo público de provimento efetivo de Professor de Educação Infantil, e dá outras providências. Errata protocolada no dia 14/03/2022 com alteração do projeto original após reuniões com a categoria.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/170/08._andamento_-_projeto_de_lei_008-2022_-_pl._define_o_valor_de_precos_publicos_e_tarifas_a_serem_cobrados_na_utilizacao_de_benss.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/170/08._andamento_-_projeto_de_lei_008-2022_-_pl._define_o_valor_de_precos_publicos_e_tarifas_a_serem_cobrados_na_utilizacao_de_benss.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta à Lei Municipal nº 051/2019, de 16/06/2018, que "Estipula preço  público pela prestação de serviços públicos, e dá outras providência.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/201/plc_031-2022.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/201/plc_031-2022.pdf</t>
   </si>
   <si>
     <t>PL nº 31/2022 - Altera e acrescentara à Lei Municipal nº 01/200, que "Dispõe sobre a contratação de pessoal temporário e da outra providência".</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/242/01proj1.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/242/01proj1.pdf</t>
   </si>
   <si>
     <t>PL complementar nº 59/2022 - Regulamenta o processo de escolha e exercício do mandato dos gestores escolares nas unidades educacionais da Rede Pública de Ensino Municipal a partir de escolha realizada com a participação da comunidade escolar dentre candidatos aprovados previamente em avaliação de mérito e desempenho ou critérios técnicos de mérito e desempenho, altera a Lei Municipal n.º 028/2011, de 26/04/2011 e dá outras providências.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/163/1._andamento_-_projeto_de_lei_001-2022_-_pl_institui_01-2022_-_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/163/1._andamento_-_projeto_de_lei_001-2022_-_pl_institui_01-2022_-_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>Origem PL nº 01/2022 - Institui o auxilio alimentação aos servidores municipais do município de Santa Mônica e dá outras providências.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Abre Crédito Especial por excesso de Arrecadação  incluindo nova meta de trabalho no PPA, LDO, e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/166/4._andamento_-_projeto_de_lei_004-2022_-_contrata_operacao_de_credito_agencia_do_fomentoo.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/166/4._andamento_-_projeto_de_lei_004-2022_-_contrata_operacao_de_credito_agencia_do_fomentoo.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal a contratar operações de crédito com a agência de fomento do Paraná S.A.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Excesso de Arrecadação, e dá outras providencias</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Abre Crédito por Superávit Financeiro e da outras providências.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>Abre Crédito por Superávit  Financeiro e dá outras providências</t>
   </si>
   <si>
     <t>171</t>
   </si>
@@ -279,549 +279,549 @@
   <si>
     <t>174</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Abre crédito especial por superavit financeiro, incluindo nova meta de trabalho no PPA,LDO e LOA, e dá outras providencias.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Abre crédito Especial por Superavit Financeiro, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/178/andamento_-_projeto_de_lei_015-2022_-_credito_especial_por_superavit_financeiro_-_retroescavadeira.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/178/andamento_-_projeto_de_lei_015-2022_-_credito_especial_por_superavit_financeiro_-_retroescavadeira.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superavit Financeiro, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/179/andamento_-_projeto_de_lei_016-2022_-_credito_especial_por_excesso_de_arrecadacao_-_retroescavadeira_-.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/179/andamento_-_projeto_de_lei_016-2022_-_credito_especial_por_excesso_de_arrecadacao_-_retroescavadeira_-.pdf</t>
   </si>
   <si>
     <t>Abre Crédito especial por excesso de arrecadação, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/180/andamento_-_projeto_de_lei_017-2022_-_credito_especial_por_superavit_financeiro_-_trator_e_veiculo_seab.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/180/andamento_-_projeto_de_lei_017-2022_-_credito_especial_por_superavit_financeiro_-_trator_e_veiculo_seab.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superavit Financeiro, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providencias.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/181/andamento_-_projeto_de_lei_018-2022_-_credito_especial_por_superavit_financeiro_-equipamentos_-.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/181/andamento_-_projeto_de_lei_018-2022_-_credito_especial_por_superavit_financeiro_-equipamentos_-.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superavit Financeiro, Incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/182/andamento_-_projeto_de_lei_019-2022_-_credito_especial_por_excesso_de_arrecadacao_-equipamentos_-.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/182/andamento_-_projeto_de_lei_019-2022_-_credito_especial_por_excesso_de_arrecadacao_-equipamentos_-.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por excesso de arrecadação, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providencias.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Sérgio Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/183/pl_002-2022_-_absorvente.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/183/pl_002-2022_-_absorvente.doc</t>
   </si>
   <si>
     <t>PL 002 - "Dispõe sobre a autorização de fornecimento e distribuição de absorventes higiênicos para mulheres de baixa renda, e dá outras providências”.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/184/pl_003-2022__absorvente_nas_escolas.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/184/pl_003-2022__absorvente_nas_escolas.doc</t>
   </si>
   <si>
     <t>PL 003-2022 - "Dispõe no âmbito do município, sobre a obrigatoriedade de fornecimento e distribuição de absorventes higiênicos nas escolas e dá outras providências”.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/185/pl_004-2022_auxilio_estudantiu.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/185/pl_004-2022_auxilio_estudantiu.doc</t>
   </si>
   <si>
     <t>PL 004-2022 - “INSTITUI O AUXÍLIO-ESTUDANTIL AOS ESTUDANTES UNIVERSITÁRIOS DE BAIXA RENDA RESIDENTES NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/186/pl_005-2022_casamentos_comunitarios.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/186/pl_005-2022_casamentos_comunitarios.doc</t>
   </si>
   <si>
     <t>PL 005-2022 - “Dispõe sobre o custeio, pelo Município, quanto à realização de casamento civil coletivo de casais declarados hipossuficientes, e da outras providências".</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/187/pl_006-2022_fisioterapia_para_idosos.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/187/pl_006-2022_fisioterapia_para_idosos.doc</t>
   </si>
   <si>
     <t>PL 006 - “Dispõe sobre a criação do Programa de Fisioterapia para Idosos no âmbito Municipal, e da outras providências”.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/188/pl_007-2022_fraldas_descartaveis_e_sondas.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/188/pl_007-2022_fraldas_descartaveis_e_sondas.doc</t>
   </si>
   <si>
     <t>PL 007-2022 - “Dispõe sobre a distribuição gratuita e obrigatória, pelo Poder Público municipal de Santa Mônica, de fraldas descartáveis e sondas urinárias para pessoas com deficiência física, mental ou neurológica, com mobilidade reduzida ou idosas acamadas que não possuam recursos para adquiri-las, e dá outras providências”.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/189/pl_008_fraldas_descartaveis_para_criancas.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/189/pl_008_fraldas_descartaveis_para_criancas.doc</t>
   </si>
   <si>
     <t>PL 008-2022 - “Institui Programa de distribuição gratuita de fraudas descartáveis na Rede Pública Municipal de Saúde, e dá outras providências.”</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/190/pl_009-2022_identificacao_de_veiculos.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/190/pl_009-2022_identificacao_de_veiculos.doc</t>
   </si>
   <si>
     <t>PL 009-2022 - “DISPÕE SOBRE A OBRIGATORIEDADE DE IDENTIFCIAÇÃO DOS VEÍCULOS DA FROTA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/191/pl_010-2022_contrratacao_de_jovem_aprendizes_por_terceiras.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/191/pl_010-2022_contrratacao_de_jovem_aprendizes_por_terceiras.doc</t>
   </si>
   <si>
     <t>PL 010/2022 - “INSTITUI A CONTRATAÇÃO DE JOVEM APRENDIZ NAS EMPRESAS QUE PRESTEM SERVIÇOS DE TERCEIRIZAÇÃO À PREFEITURA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/192/pl_011-2022_itens_escolares.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/192/pl_011-2022_itens_escolares.doc</t>
   </si>
   <si>
     <t>PL 011/2022 - “AUTORIZA O PODER EXECUTIVO MUNICIPAL A IMPLANTAR O PROJETO DE DISTRIBUIÇÃO DE KIT ESCOLAR AOS ALUNOS DA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/193/pl_012-2022_distribuicao_de_oculos.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/193/pl_012-2022_distribuicao_de_oculos.doc</t>
   </si>
   <si>
     <t>PL 012/2022 - "DISPÕE SOBRE A DOAÇÃO DE ÓCULOS DE GRAU, PELO PODER PÚBLICO MUNICIPAL AOS ALUNOS REGULARMENTE MATRICULADOS NO ENSINO FUNDAMENTAL DA REDE PÚBLICA MUNICIPAL”.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/194/andamento_-_projeto_de_lei_022-2022_-_credito_especial_por_anulacao_de_dotacao.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/194/andamento_-_projeto_de_lei_022-2022_-_credito_especial_por_anulacao_de_dotacao.pdf</t>
   </si>
   <si>
     <t>PL 022/2022 - Abre Crédito Suplementar por Anulação de Dotação e dá outras providências</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/195/andamento_-_projeto_de_lei_023-2022_-_credito_especial_por_superavit_financeiro_-convenio.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/195/andamento_-_projeto_de_lei_023-2022_-_credito_especial_por_superavit_financeiro_-convenio.pdf</t>
   </si>
   <si>
     <t>PL 023/2022 - Abre Crédito Especial por Superávit Financeiro, e dá outras providências.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/196/andamento_-_projeto_de_lei_024-2022_-_credito_especial_por_excesso_de_arrecadacao_-devolucao_saldo_de_convenio.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/196/andamento_-_projeto_de_lei_024-2022_-_credito_especial_por_excesso_de_arrecadacao_-devolucao_saldo_de_convenio.pdf</t>
   </si>
   <si>
     <t>PL 024/2022 - Abre Crédito Especial por excesso de arrecadação, e dá outras providências.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/197/andamento_-_projeto_de_lei_025-2022_-_lei_de_diretrizes_orcamentarias_-__ldo_2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/197/andamento_-_projeto_de_lei_025-2022_-_lei_de_diretrizes_orcamentarias_-__ldo_2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 025/2022 - Dispõe sobre as diretrizes para elaboração da Lei Orçamentária para o Exercício de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/198/pl_028-2022_-_apae.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/198/pl_028-2022_-_apae.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal a celebrar convenio com Associação dos  Pais e Amigos dos Excepcionais - APAE do Município de Santa Mônica, nos anos de 2022, 2023 e 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/200/pl_30-2022_dispoe_sobre_programa_de_seguranca_alimentar_rural.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/200/pl_30-2022_dispoe_sobre_programa_de_seguranca_alimentar_rural.pdf</t>
   </si>
   <si>
     <t>PL nº 30/2022 - Dispõe sobre Programa de segurança alimentar Rural do Município de Santa Mônica/PR, e da Outras Providências.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito especial no orçamento do Município de Santa Mônica, para o exercício de 2022.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Excesso de Arrecadação, e dá outras providências.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/204/andamento_-_projeto_de_lei_026-2022_-_credito_especial_por_superavit_financeiro_-convenio_793.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/204/andamento_-_projeto_de_lei_026-2022_-_credito_especial_por_superavit_financeiro_-convenio_793.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superávit Financeiro, e dá outras providências.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/205/andamento_-_projeto_de_lei_027-2022_-_credito_especial_por_excesso_de_arrecadacao_-devolucao_saldo_de_convenio.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/205/andamento_-_projeto_de_lei_027-2022_-_credito_especial_por_excesso_de_arrecadacao_-devolucao_saldo_de_convenio.pdf</t>
   </si>
   <si>
     <t>PL nº 027/2022 - Abre Crédito especial por excesso de arrecadação, e dá outras providencias.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/206/andamento_-_projeto_de_lei_029-2022_-_credito_especial_por_excesso_de_arrecadacao_-incremento_pab.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/206/andamento_-_projeto_de_lei_029-2022_-_credito_especial_por_excesso_de_arrecadacao_-incremento_pab.pdf</t>
   </si>
   <si>
     <t>PL nº 029/2022 - Abre Crédito Especial por Excesso de arrecadação, e dá outras providências.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/207/andamento_-_projeto_de_lei_036-2022_-__homologacao_calculo_atuarial_2022.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/207/andamento_-_projeto_de_lei_036-2022_-__homologacao_calculo_atuarial_2022.pdf</t>
   </si>
   <si>
     <t>PL nº 036/2022 - Calculo equatorial do regime Próprio de Previdência Social...</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/208/andamento_-_projeto_de_lei_037-2022_-_credito_especial_por_superavit_financeiro_-_subsolador.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/208/andamento_-_projeto_de_lei_037-2022_-_credito_especial_por_superavit_financeiro_-_subsolador.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por excesso de arrecadação, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/209/andamento_-_projeto_de_lei_038-2022_-_credito_especial_por_superavit_financeiro_-varias_fontes.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/209/andamento_-_projeto_de_lei_038-2022_-_credito_especial_por_superavit_financeiro_-varias_fontes.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por superávit financeiro, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/210/andamento_-_projeto_de_lei_039-2022_-_credito_especial_por_excesso_de_arrecadacao_-pulverizador_-.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/210/andamento_-_projeto_de_lei_039-2022_-_credito_especial_por_excesso_de_arrecadacao_-pulverizador_-.pdf</t>
   </si>
   <si>
     <t>PL 039/2022 - abre crédito especial por excesso de arrecadação, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/211/projeto_de_lei_032-2022_-_iptu_-_pagamento_a_vista_e_parcelas.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/211/projeto_de_lei_032-2022_-_iptu_-_pagamento_a_vista_e_parcelas.doc</t>
   </si>
   <si>
     <t>PL nº 032/2022 - Autoriza o poder Executivo do Município de Santa Mônica a conceder desconto no pagamento em parcela única ou conceder parcelamento do IPTU do Exercício de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/212/projeto_de_lei_-_033-2022_-_refis_-_iptu.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/212/projeto_de_lei_-_033-2022_-_refis_-_iptu.doc</t>
   </si>
   <si>
     <t>PL nº 033/2022 - Institui o Programa de Recuperação Fiscal - Refis 2022, do Município de Santa Mônica e dá outras providências.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/213/projeto_de_lei_040-2022.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/213/projeto_de_lei_040-2022.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Excesso de Arrecadação, e dá outras providencias.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/214/projeto_de_lei_041-2022.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/214/projeto_de_lei_041-2022.pdf</t>
   </si>
   <si>
     <t>PL nº 041/2022 - Abre Crédito Especial por Superávit Financeiro, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/215/projeto_de_lei_042-2022.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/215/projeto_de_lei_042-2022.pdf</t>
   </si>
   <si>
     <t>PL nº 042/2022 - Abre Crédito Especial por Excesso de Arrecadação, e dá outras providencias.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/216/projeto_de_lei_043-2022.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/216/projeto_de_lei_043-2022.pdf</t>
   </si>
   <si>
     <t>PL nº 043/2022 - Abre Crédito Especial por Excesso de Arrecadação, e dá outras providencias.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>PL nº044/2022 - Abre Crédito Especial por Superávit Financeiro incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_de_lei_013-2022_-_falta_acompanhante.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_de_lei_013-2022_-_falta_acompanhante.doc</t>
   </si>
   <si>
     <t>PL 013/2022 - Altera o artigo 99 da Lei Municipal nº 014/2003 para dispor sobre o direito do servidor para acompanhar dependente em linha reta de primeiro grau, filhos menores de 14 anos e pais maiores de 60 anos, com patologia grave ou hospitalizado, e dá outras providências.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_de_lei_que_cria_o_cargo_de_tecnico_de_enfermagem.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_de_lei_que_cria_o_cargo_de_tecnico_de_enfermagem.pdf</t>
   </si>
   <si>
     <t>PL nº 45/2022 - Cria o Cargo de Técnico de Enfermagem junto ao quadro de servidores públicos municipais, do município de Santa Mônica/PR e da outras providências.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_pmgirsu.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_pmgirsu.doc</t>
   </si>
   <si>
     <t>PL nº 46/2022 - Dispõe sobre o municipal de gestão integrada de resíduo sólidos urbanos (PMGIRSU) do município de Santa Mônica, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/224/projeto_de_lei_que_cria_o_cargo_de_fiscal_de_obras_e_posturas.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/224/projeto_de_lei_que_cria_o_cargo_de_fiscal_de_obras_e_posturas.pdf</t>
   </si>
   <si>
     <t>PL nº 47/2022 - Cria o cargo de Fiscal de Obras e Posturas junto ao quadro de servidores públicos municipais, do municipio de Santa Mônica/PR e da outras providências.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/225/projeto_de_lei_que_cria_o_cargo_de_psicopedagogoa.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/225/projeto_de_lei_que_cria_o_cargo_de_psicopedagogoa.pdf</t>
   </si>
   <si>
     <t>PL nº 48/2022 - Cria o cargo de Psicopedagogo(a) junto ao quadro de servidores públicos municipais, do município de Santa Mônica/PR e da outras providências.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>PL nº 49/2022 - Altera e acrescenta à Lei Municipal nº 67/2022, que "Institui o Auxilio Alimentação aos servidores municipais do município de Santa Mônica/PR e dá outras providências".</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Projeto de Lei nº 050/2022 - Abre Crédito por excesso de arrecadação, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>229</t>
   </si>
@@ -888,111 +888,111 @@
   <si>
     <t>237</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Requer derrubada do veto do Projeto de Lei 001/2022</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Requer derrubada do veto do Projeto de Lei 008/2022.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/241/projeto_de_lei_014-2022_-_utilizacao_de_veiculos_atletas.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/241/projeto_de_lei_014-2022_-_utilizacao_de_veiculos_atletas.doc</t>
   </si>
   <si>
     <t>Autoriza a utilização de veículos do Município de Santa Mônica, para o transporte intermunicipal e interestadual de atletas ou entidades desportivas que visem participar de eventos esportivos e dá outras providências.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Abre Crédito por Anulação de Dotação e dá outras providências.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>PL nº 061/2022 - Autoriza o Poder Executivo do Município de Santa Mônica a celebrar convênios com instituições bancárias para obtenção de empréstimos consignados aos servidores municipais e dispões sobre o acréscimo de 5% (cinco por cento) ao percentual máximo de contratação nos termos da Lei Federal nº 14.431, de 02 de agosto de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/245/1._mensagem_062-2022_lei_orcamentaria_anual_para_exercicio_-_2023.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/245/1._mensagem_062-2022_lei_orcamentaria_anual_para_exercicio_-_2023.pdf</t>
   </si>
   <si>
     <t>PL nº 062/2022 - Dispõe sobre a estimativa da Receita e fixação de Despesa do Município de Santa Mônica para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>PL  nº 067/2022 - Abre crédito por excesso de arrecadação, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>PL nº 068/2022 - Abre Crédito por anulação de dotação incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_069_-_2022_altera_o_nome_da_escola-2022_-_altera_a_lei_13-2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_069_-_2022_altera_o_nome_da_escola-2022_-_altera_a_lei_13-2021.pdf</t>
   </si>
   <si>
     <t>PL  Nº 069/2022 - Dispões sobre a alteração do artigo nº, da Lei Municipal nº 013/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>PL nº 70/2022 - Autoriza o poder executivo municipal a firmar convênios e conceder isenções fiscais relativas à construção de unidades habitacionais vinculadas a programas habitacionais de interesse social.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>PL 071/2022 - Abre crédito suplementar por anulação de dotação e dá outras providências.</t>
   </si>
   <si>
     <t>252</t>
   </si>
@@ -1380,68 +1380,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/217/indicacao_05-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/218/06._2022_-indicacao_do_juniao_para_transformacao_da_rua_do_posto_de_aparecida_do_ivai.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/164/2._andamento_-_projeto_de_lei_002-2022_-_pmsm_minuta_plc_cria_cargo_de_professor_de_educacao_infantil-altera_lm_028-2011_revisados.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/170/08._andamento_-_projeto_de_lei_008-2022_-_pl._define_o_valor_de_precos_publicos_e_tarifas_a_serem_cobrados_na_utilizacao_de_benss.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/201/plc_031-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/242/01proj1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/163/1._andamento_-_projeto_de_lei_001-2022_-_pl_institui_01-2022_-_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/166/4._andamento_-_projeto_de_lei_004-2022_-_contrata_operacao_de_credito_agencia_do_fomentoo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/178/andamento_-_projeto_de_lei_015-2022_-_credito_especial_por_superavit_financeiro_-_retroescavadeira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/179/andamento_-_projeto_de_lei_016-2022_-_credito_especial_por_excesso_de_arrecadacao_-_retroescavadeira_-.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/180/andamento_-_projeto_de_lei_017-2022_-_credito_especial_por_superavit_financeiro_-_trator_e_veiculo_seab.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/181/andamento_-_projeto_de_lei_018-2022_-_credito_especial_por_superavit_financeiro_-equipamentos_-.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/182/andamento_-_projeto_de_lei_019-2022_-_credito_especial_por_excesso_de_arrecadacao_-equipamentos_-.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/183/pl_002-2022_-_absorvente.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/184/pl_003-2022__absorvente_nas_escolas.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/185/pl_004-2022_auxilio_estudantiu.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/186/pl_005-2022_casamentos_comunitarios.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/187/pl_006-2022_fisioterapia_para_idosos.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/188/pl_007-2022_fraldas_descartaveis_e_sondas.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/189/pl_008_fraldas_descartaveis_para_criancas.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/190/pl_009-2022_identificacao_de_veiculos.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/191/pl_010-2022_contrratacao_de_jovem_aprendizes_por_terceiras.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/192/pl_011-2022_itens_escolares.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/193/pl_012-2022_distribuicao_de_oculos.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/194/andamento_-_projeto_de_lei_022-2022_-_credito_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/195/andamento_-_projeto_de_lei_023-2022_-_credito_especial_por_superavit_financeiro_-convenio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/196/andamento_-_projeto_de_lei_024-2022_-_credito_especial_por_excesso_de_arrecadacao_-devolucao_saldo_de_convenio.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/197/andamento_-_projeto_de_lei_025-2022_-_lei_de_diretrizes_orcamentarias_-__ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/198/pl_028-2022_-_apae.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/200/pl_30-2022_dispoe_sobre_programa_de_seguranca_alimentar_rural.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/204/andamento_-_projeto_de_lei_026-2022_-_credito_especial_por_superavit_financeiro_-convenio_793.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/205/andamento_-_projeto_de_lei_027-2022_-_credito_especial_por_excesso_de_arrecadacao_-devolucao_saldo_de_convenio.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/206/andamento_-_projeto_de_lei_029-2022_-_credito_especial_por_excesso_de_arrecadacao_-incremento_pab.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/207/andamento_-_projeto_de_lei_036-2022_-__homologacao_calculo_atuarial_2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/208/andamento_-_projeto_de_lei_037-2022_-_credito_especial_por_superavit_financeiro_-_subsolador.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/209/andamento_-_projeto_de_lei_038-2022_-_credito_especial_por_superavit_financeiro_-varias_fontes.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/210/andamento_-_projeto_de_lei_039-2022_-_credito_especial_por_excesso_de_arrecadacao_-pulverizador_-.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/211/projeto_de_lei_032-2022_-_iptu_-_pagamento_a_vista_e_parcelas.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/212/projeto_de_lei_-_033-2022_-_refis_-_iptu.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/213/projeto_de_lei_040-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/214/projeto_de_lei_041-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/215/projeto_de_lei_042-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/216/projeto_de_lei_043-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_de_lei_013-2022_-_falta_acompanhante.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_de_lei_que_cria_o_cargo_de_tecnico_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_pmgirsu.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/224/projeto_de_lei_que_cria_o_cargo_de_fiscal_de_obras_e_posturas.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/225/projeto_de_lei_que_cria_o_cargo_de_psicopedagogoa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/241/projeto_de_lei_014-2022_-_utilizacao_de_veiculos_atletas.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/245/1._mensagem_062-2022_lei_orcamentaria_anual_para_exercicio_-_2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_069_-_2022_altera_o_nome_da_escola-2022_-_altera_a_lei_13-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/217/indicacao_05-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/218/06._2022_-indicacao_do_juniao_para_transformacao_da_rua_do_posto_de_aparecida_do_ivai.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/164/2._andamento_-_projeto_de_lei_002-2022_-_pmsm_minuta_plc_cria_cargo_de_professor_de_educacao_infantil-altera_lm_028-2011_revisados.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/170/08._andamento_-_projeto_de_lei_008-2022_-_pl._define_o_valor_de_precos_publicos_e_tarifas_a_serem_cobrados_na_utilizacao_de_benss.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/201/plc_031-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/242/01proj1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/163/1._andamento_-_projeto_de_lei_001-2022_-_pl_institui_01-2022_-_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/166/4._andamento_-_projeto_de_lei_004-2022_-_contrata_operacao_de_credito_agencia_do_fomentoo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/178/andamento_-_projeto_de_lei_015-2022_-_credito_especial_por_superavit_financeiro_-_retroescavadeira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/179/andamento_-_projeto_de_lei_016-2022_-_credito_especial_por_excesso_de_arrecadacao_-_retroescavadeira_-.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/180/andamento_-_projeto_de_lei_017-2022_-_credito_especial_por_superavit_financeiro_-_trator_e_veiculo_seab.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/181/andamento_-_projeto_de_lei_018-2022_-_credito_especial_por_superavit_financeiro_-equipamentos_-.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/182/andamento_-_projeto_de_lei_019-2022_-_credito_especial_por_excesso_de_arrecadacao_-equipamentos_-.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/183/pl_002-2022_-_absorvente.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/184/pl_003-2022__absorvente_nas_escolas.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/185/pl_004-2022_auxilio_estudantiu.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/186/pl_005-2022_casamentos_comunitarios.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/187/pl_006-2022_fisioterapia_para_idosos.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/188/pl_007-2022_fraldas_descartaveis_e_sondas.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/189/pl_008_fraldas_descartaveis_para_criancas.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/190/pl_009-2022_identificacao_de_veiculos.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/191/pl_010-2022_contrratacao_de_jovem_aprendizes_por_terceiras.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/192/pl_011-2022_itens_escolares.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/193/pl_012-2022_distribuicao_de_oculos.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/194/andamento_-_projeto_de_lei_022-2022_-_credito_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/195/andamento_-_projeto_de_lei_023-2022_-_credito_especial_por_superavit_financeiro_-convenio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/196/andamento_-_projeto_de_lei_024-2022_-_credito_especial_por_excesso_de_arrecadacao_-devolucao_saldo_de_convenio.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/197/andamento_-_projeto_de_lei_025-2022_-_lei_de_diretrizes_orcamentarias_-__ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/198/pl_028-2022_-_apae.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/200/pl_30-2022_dispoe_sobre_programa_de_seguranca_alimentar_rural.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/204/andamento_-_projeto_de_lei_026-2022_-_credito_especial_por_superavit_financeiro_-convenio_793.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/205/andamento_-_projeto_de_lei_027-2022_-_credito_especial_por_excesso_de_arrecadacao_-devolucao_saldo_de_convenio.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/206/andamento_-_projeto_de_lei_029-2022_-_credito_especial_por_excesso_de_arrecadacao_-incremento_pab.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/207/andamento_-_projeto_de_lei_036-2022_-__homologacao_calculo_atuarial_2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/208/andamento_-_projeto_de_lei_037-2022_-_credito_especial_por_superavit_financeiro_-_subsolador.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/209/andamento_-_projeto_de_lei_038-2022_-_credito_especial_por_superavit_financeiro_-varias_fontes.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/210/andamento_-_projeto_de_lei_039-2022_-_credito_especial_por_excesso_de_arrecadacao_-pulverizador_-.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/211/projeto_de_lei_032-2022_-_iptu_-_pagamento_a_vista_e_parcelas.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/212/projeto_de_lei_-_033-2022_-_refis_-_iptu.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/213/projeto_de_lei_040-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/214/projeto_de_lei_041-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/215/projeto_de_lei_042-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/216/projeto_de_lei_043-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_de_lei_013-2022_-_falta_acompanhante.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_de_lei_que_cria_o_cargo_de_tecnico_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_pmgirsu.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/224/projeto_de_lei_que_cria_o_cargo_de_fiscal_de_obras_e_posturas.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/225/projeto_de_lei_que_cria_o_cargo_de_psicopedagogoa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/241/projeto_de_lei_014-2022_-_utilizacao_de_veiculos_atletas.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/245/1._mensagem_062-2022_lei_orcamentaria_anual_para_exercicio_-_2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_069_-_2022_altera_o_nome_da_escola-2022_-_altera_a_lei_13-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H94"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="204.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="203.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>