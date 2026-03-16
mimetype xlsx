--- v0 (2025-12-07)
+++ v1 (2026-03-16)
@@ -54,746 +54,746 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Vanildo Aparecido Albino</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Indica Ampliação de Iluminação Pública, Rua Francisco Xavier da Silva, Rua Doutor Vicente Machado com Travessa Angélica Burg, Travessa José Rosa de Camargo, Estrada da Peroba.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Solicita que o Executivo Municipal encaminhe ao Senhor Noberto Ortigara, Secretário Estadual da Agricultura e do Abastecimento, pedido de liberação de recursos financeiros para aquisição de 10 barracas equipadas com bancadas, mesas expositores, refrigerados, balança tipo plataforma, balança de mesa, estufa para salgados e conjunto de mesas e cadeiras. Para a feira do produtor desta municpalidade.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Ampliação de Iluminação Pública, na Rua Olavo Bilac, compreendendo toda a extensão do Cemitério Municipal.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo Municipal - PEM</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/102/01.2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/102/01.2021.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superávit Financeiro, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providencias.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/103/02.2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/103/02.2021.pdf</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/104/03.2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/104/03.2021.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Excesso de Arrecadação, e dá outras providencias.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/105/04.2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/105/04.2021.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial no Orçamento do Município de Santa Mônica, para o Exercício de 2021, no PPA, LDO e LOA, e dá outras providencias.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/106/05.2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/106/05.2021.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por excesso de arrecadação, incluindo nova meta de trabalho no PPA, LDO E LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/107/06.2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/107/06.2021.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por anulação de dotação, incluindo nova meta de trabalho no PPA, LDO E LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/108/07.2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/108/07.2021.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Excesso de Arrecadação, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/109/08.2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/109/08.2021.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Anulação de Dotação, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/110/09.2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/110/09.2021.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Superávit Financeiro, incluindo nova meta de trabalho no PPA, LDO E LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/111/010.2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/111/010.2021.pdf</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/112/011.2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/112/011.2021.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 4º, Inc. I da Lei nº 073/2020, que estima a Receita e fixa a Despesa no Município de Santa Mônica Estado do Paraná, para o exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/113/012.2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/113/012.2021.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Anulação de Dotação e dá outras providências.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/120/andamento_-_projeto_de_lei_013-2021_-_altera_a_lei_50-2020.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/120/andamento_-_projeto_de_lei_013-2021_-_altera_a_lei_50-2020.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do artigo 1º, da Lei Municipal nº 050/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/121/andamento_-_projeto_de_lei_015-2021_-_credito_especial_por_anulacao_de_dotacao_-_consorcio_saude.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/121/andamento_-_projeto_de_lei_015-2021_-_credito_especial_por_anulacao_de_dotacao_-_consorcio_saude.doc</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Anulação de Dotação, incluindo nova meta de trabalho no PPA, LDO E LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/122/andamento_-_projeto_de_lei_016-2021_-_credito_especial_por_anulacao_de_dotacao_-_consorcio_saude.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/122/andamento_-_projeto_de_lei_016-2021_-_credito_especial_por_anulacao_de_dotacao_-_consorcio_saude.doc</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Anulação de Dotação,  e dá outras providências.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/123/andamento_-_projeto_de_lei_017-2021_-_credito_especial_por_superavit_financeiro_-_varias_fontes.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/123/andamento_-_projeto_de_lei_017-2021_-_credito_especial_por_superavit_financeiro_-_varias_fontes.doc</t>
   </si>
   <si>
     <t>Abre Crédito por Superávit Financeiro e dá outras providências.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/119/projeto_de_lei__019-2021_-_autorizativodoconsorcionacionaldevacinasdascidadesbrasileiras_1.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/119/projeto_de_lei__019-2021_-_autorizativodoconsorcionacionaldevacinasdascidadesbrasileiras_1.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre Município brasileiro, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus: Medicamentos, insumos e equipamento na área da Saúde.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Sérgio Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_de_lei_20-2021_-_iptu_social.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_de_lei_20-2021_-_iptu_social.doc</t>
   </si>
   <si>
     <t>Institui nos termos do artigo 194, da Lei Municipal nº 027/2010 – Código Tributário Municipal, o IPTU SOCIAL, cujo objetivo é a isenção do pagamento do Imposto Predial e Territorial Urbano - IPTU, e dá outras providências.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_de_lei_021-2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_de_lei_021-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e estruturação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e da Valorização dos Profissionais da Educação – CACS-FUNDEB, em conformidade com o artigo 212-A da Constituição Federal, regulamentado na forma da Lei Federal nº 14.113, de 25 de dezembro de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Luan Gustavo Frazatto</t>
   </si>
   <si>
     <t>Autoriza o Município de Santa Mônica a celebrar convenio com o Município de Santa Isabel do Ivaí, visando à manutenção de Casa Lar, para o atendimento das ações previstas no Estatuto da Criança e Adolescente.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Autoriza o chefe do poder Executivo Municipal celebrar convênio com Associação de Pais e Amigos dos Excepcionais - APAE do município de Santa Mônica-PR, e dá outras providências.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_lei_02-2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_lei_02-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de benefícios eventuais no âmbito da Política de Assistência Social no Município de Santa Mônica - PR, e da outras providências.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/132/programa_beneficio_economico_social.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/132/programa_beneficio_economico_social.pdf</t>
   </si>
   <si>
     <t>Institui e normatiza o Programa de Beneficio Econômico Social e dá outras Providências.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Jaime José Vieira Junior</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/133/lei_juniao.docx</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/133/lei_juniao.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Municipal de Valorização e Incentivo a Agricultura Familiar do Município de Santa Mônica - PR, e dá outras providências.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/134/andamento_-_projeto_de_lei_041-2021_-_credito_especial_por_anulacao_de_dotacao.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/134/andamento_-_projeto_de_lei_041-2021_-_credito_especial_por_anulacao_de_dotacao.pdf</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_de_jornada_de_trabalho.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_de_jornada_de_trabalho.pdf</t>
   </si>
   <si>
     <t>Institui e Regulamenta as Jornadas de Trabalho em Escalas de Revezamento 12x36 e de 24x72 horas, no âmbito da Administração Municipal de Santa Mônica, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/136/plo_042.2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/136/plo_042.2021.pdf</t>
   </si>
   <si>
     <t>Regulamenta a aplicação dos adicionais de Insalubridade Periculosidade à remuneração dos servidores públicos municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/137/projeto_de_lei_043-2021_-_loa_0001.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/137/projeto_de_lei_043-2021_-_loa_0001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estimativa da Receita e fixação da Despesa do Município de Santa Mônica para o exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/138/projeto_de_lei_050-2021_0001.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/138/projeto_de_lei_050-2021_0001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o afastamento da servidora gestante das atividades de trabalho presencial e emergência de saúde pública de importância nacional decorrente do novo Corona vírus no âmbito do Município de Santa \Mônica, e dá outras providências.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/139/projeto_de_lei_no_051-2021_-_multas_de_transitos.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/139/projeto_de_lei_no_051-2021_-_multas_de_transitos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a responsabilidade decorrente de infrações de transito cometidas por servidor público municipal efetivo, temporário e\ou comissionado na condução de veículos oficiais e os procedimentos para ressarcimento ao erário público de valores originários de multa de transito e, dá outras providencias.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/140/andamento_-_projeto_de_lei_044-2021_-_credito_especial_por_excesso_de_arrecadacao_-_incremento_temporario.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/140/andamento_-_projeto_de_lei_044-2021_-_credito_especial_por_excesso_de_arrecadacao_-_incremento_temporario.doc</t>
   </si>
   <si>
     <t>Abre Crédito Especial por Excesso de Arrecadação, incluindo nova meta de Trabalho no PPA, LDO e LOA, dá outras providências.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/141/andamento_-_projeto_de_lei_045-2021_-_credito_especial_por_excesso_de_arrecadacao_-_covid_estadual.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/141/andamento_-_projeto_de_lei_045-2021_-_credito_especial_por_excesso_de_arrecadacao_-_covid_estadual.doc</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/142/andamento_-_projeto_de_lei_046-2021_-_credito_especial_por_excesso_de_arrecadacao_-_trator_-.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/142/andamento_-_projeto_de_lei_046-2021_-_credito_especial_por_excesso_de_arrecadacao_-_trator_-.doc</t>
   </si>
   <si>
     <t>Abre Crédito Especial por excesso de arrecadação, incluindo nova meta de trabalho no PPS, LDO e LOS, e dá outras providências.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/143/andamento_-_projeto_de_lei_047-2021_-_credito_especial_por_anulacao_de_dotacao-_trator.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/143/andamento_-_projeto_de_lei_047-2021_-_credito_especial_por_anulacao_de_dotacao-_trator.doc</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/144/andamento_-_projeto_de_lei_048-2021_-_credito_especial_por_excesso_de_arrecadacao_-_varias_fontes.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/144/andamento_-_projeto_de_lei_048-2021_-_credito_especial_por_excesso_de_arrecadacao_-_varias_fontes.doc</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Abre crédito por excesso de arrecadação e dá outras providências.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/146/andamento_-_projeto_de_lei_049-2021_-_credito_especial_por_excesso_de_arrecadacao_-_reforma_unidades_de_saude.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/146/andamento_-_projeto_de_lei_049-2021_-_credito_especial_por_excesso_de_arrecadacao_-_reforma_unidades_de_saude.doc</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual - PPA, do Município de Santa Mônica, Estado do Paraná, para o quadriênio de 2022 a 2025 e da outras providencias.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>PLO Executivo 054/21: Institui o Regime de_x000D_
 Previdência Complementar (RPC) no_x000D_
 âmbito do Município de Santa Mônica,_x000D_
 fixa o limite máximo para a concessão de_x000D_
 aposentadorias e pensões pelo regime de_x000D_
 previdência de que trata o artigo 40 da_x000D_
 Constituição Federal e autoriza a adesão_x000D_
 do Município a plano de benefícios de_x000D_
 previdência complementar.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/149/andamento_-_projeto_de_lei_n_055-2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/149/andamento_-_projeto_de_lei_n_055-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO_x000D_
 MUNICIPAL DE GESTÃO_x000D_
 INTEGRADA DE RESÍDUOS_x000D_
 SÓLIDOS URBANOS (PMGIRSU) DO_x000D_
 MUNICÍPIO DE SANTA MÔNICA,_x000D_
 ESTADO DO PARANÁ, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Projeto de Lei nº 60/2021 - Institui e regulamenta a concessão de diárias para alimentação aos servidores ocupantes do cargo de motorista da administração direta do município de Santa Mônica, e dá outras providências.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_de_lei_62.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_de_lei_62.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 62/2021 - Suspende os efeitos da Lei nº 25/2021 e dá outras providências.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Projeto de Lei 052/2021 - Abre Crédito Especial por Execesso de Arrecadação, e dá outras providências.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_lei_056-2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_lei_056-2021.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 056/2021 - Abre Crédito Especial por anulação de Dotação e dá outras providências.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei_057-2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei_057-2021.pdf</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_lei_058-2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_lei_058-2021.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 058/2021 - Abre Crédito Especial por execesso de arrecadação, incluindo nova meta de trabalho PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_de_lei_059-2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_de_lei_059-2021.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 059/2021 - Abre Crédito Suplementar por anulação de Dotação incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/157/projeto_de_lei_061-2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/157/projeto_de_lei_061-2021.pdf</t>
   </si>
   <si>
     <t>projeto de Lei 061/2021 - Abre Crédito Suplementar por Anulação de Dotação, incluindo nova meta de trabalho no PPA, LDO e LOA, e dá outras providências.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/158/projeto_de_lei_-_sergio_pereira_-_iptu_social.doc</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/158/projeto_de_lei_-_sergio_pereira_-_iptu_social.doc</t>
   </si>
   <si>
     <t>Institui nos termos do Artigo 194, da Lei Municipal nº 027/2010  Código tributário Municipal, o IPTU SOCIAL, cujo objetivo é a isenção do pagamento do Imposto Predial e Territorial Urbano - IPTU, e dá outras providências.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Dispõe sobre a publicação, na internet, da lista de espera dos pacientes que aguardam por consultas (discriminadas por especialidades), exames e intervenções cirúrgicas e outros procedimentos nos estabelecimentos da rede pública de saúde do município, e dá outras procidências.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/160/projeto_de_lei_064-2021_-_digitalizado_.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/160/projeto_de_lei_064-2021_-_digitalizado_.pdf</t>
   </si>
   <si>
     <t>Origem Projeto de Lei 064/2021 - Abre Crédito Especial por anulação de Dotação e dá outras providências.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Gabinete da Presidência - GABPRES</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/161/lei_054-2021_-_extincao_fundo_1.docx</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/161/lei_054-2021_-_extincao_fundo_1.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a extinção do Fundo Especial Financeiro da Câmara Municipal de Santa Mônica, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_de_lei_068-2021.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_de_lei_068-2021.pdf</t>
   </si>
   <si>
     <t>Origem PL nº 068/2021 - Autoriza o poder Executivo Municipal a contratar Operações de Crédito com a Agência de Fomento do Paraná S.A.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Regularização e funcionamento dos poços artesianos das Vilas Rurais Santa Fé e Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/116/03._2021_-_requerimento_energia_vila_rural_.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/116/03._2021_-_requerimento_energia_vila_rural_.pdf</t>
   </si>
   <si>
     <t>Melhorias na Rede Elétrica da Vila Rural Santa Fé de Aparecida do Ivaí.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Sidnei Evaristo Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/117/04._2021_-_requerimento_energia_vila_rural_santa_monica.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/117/04._2021_-_requerimento_energia_vila_rural_santa_monica.pdf</t>
   </si>
   <si>
     <t>Melhorias na Rede Elétrica da Vila Rural Nossa Senhora Aparecida de Santa Mônica.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Jaime José Vieira Junior, Jair de Lima Pedroso, Sueli Ferreira da Silva Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/118/05._2021_-_requerimento_folha_de_pagamento.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/118/05._2021_-_requerimento_folha_de_pagamento.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem, REQUEREM ao Prefeito Municipal relatório da Folha de pagamento dos meses de Janeiro e Fevereiro 2021</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>ACO</t>
   </si>
   <si>
     <t>Acordão</t>
   </si>
   <si>
-    <t>https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/126/arquivofinal.pdf</t>
+    <t>http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/126/arquivofinal.pdf</t>
   </si>
   <si>
     <t>Acórdão de Parecer Prévio nº 706/20 - Segunda Câmara, Referente Prestação contas Prefeito do Município de Santa Mônica, exercício 2019.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1100,68 +1100,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/102/01.2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/103/02.2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/104/03.2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/105/04.2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/106/05.2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/107/06.2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/108/07.2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/109/08.2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/110/09.2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/111/010.2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/112/011.2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/113/012.2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/120/andamento_-_projeto_de_lei_013-2021_-_altera_a_lei_50-2020.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/121/andamento_-_projeto_de_lei_015-2021_-_credito_especial_por_anulacao_de_dotacao_-_consorcio_saude.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/122/andamento_-_projeto_de_lei_016-2021_-_credito_especial_por_anulacao_de_dotacao_-_consorcio_saude.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/123/andamento_-_projeto_de_lei_017-2021_-_credito_especial_por_superavit_financeiro_-_varias_fontes.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/119/projeto_de_lei__019-2021_-_autorizativodoconsorcionacionaldevacinasdascidadesbrasileiras_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_de_lei_20-2021_-_iptu_social.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_de_lei_021-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_lei_02-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/132/programa_beneficio_economico_social.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/133/lei_juniao.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/134/andamento_-_projeto_de_lei_041-2021_-_credito_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_de_jornada_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/136/plo_042.2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/137/projeto_de_lei_043-2021_-_loa_0001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/138/projeto_de_lei_050-2021_0001.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/139/projeto_de_lei_no_051-2021_-_multas_de_transitos.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/140/andamento_-_projeto_de_lei_044-2021_-_credito_especial_por_excesso_de_arrecadacao_-_incremento_temporario.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/141/andamento_-_projeto_de_lei_045-2021_-_credito_especial_por_excesso_de_arrecadacao_-_covid_estadual.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/142/andamento_-_projeto_de_lei_046-2021_-_credito_especial_por_excesso_de_arrecadacao_-_trator_-.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/143/andamento_-_projeto_de_lei_047-2021_-_credito_especial_por_anulacao_de_dotacao-_trator.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/144/andamento_-_projeto_de_lei_048-2021_-_credito_especial_por_excesso_de_arrecadacao_-_varias_fontes.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/146/andamento_-_projeto_de_lei_049-2021_-_credito_especial_por_excesso_de_arrecadacao_-_reforma_unidades_de_saude.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/149/andamento_-_projeto_de_lei_n_055-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_de_lei_62.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_lei_056-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei_057-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_lei_058-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_de_lei_059-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/157/projeto_de_lei_061-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/158/projeto_de_lei_-_sergio_pereira_-_iptu_social.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/160/projeto_de_lei_064-2021_-_digitalizado_.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/161/lei_054-2021_-_extincao_fundo_1.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_de_lei_068-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/116/03._2021_-_requerimento_energia_vila_rural_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/117/04._2021_-_requerimento_energia_vila_rural_santa_monica.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/118/05._2021_-_requerimento_folha_de_pagamento.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/126/arquivofinal.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/102/01.2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/103/02.2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/104/03.2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/105/04.2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/106/05.2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/107/06.2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/108/07.2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/109/08.2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/110/09.2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/111/010.2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/112/011.2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/113/012.2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/120/andamento_-_projeto_de_lei_013-2021_-_altera_a_lei_50-2020.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/121/andamento_-_projeto_de_lei_015-2021_-_credito_especial_por_anulacao_de_dotacao_-_consorcio_saude.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/122/andamento_-_projeto_de_lei_016-2021_-_credito_especial_por_anulacao_de_dotacao_-_consorcio_saude.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/123/andamento_-_projeto_de_lei_017-2021_-_credito_especial_por_superavit_financeiro_-_varias_fontes.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/119/projeto_de_lei__019-2021_-_autorizativodoconsorcionacionaldevacinasdascidadesbrasileiras_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/124/projeto_de_lei_20-2021_-_iptu_social.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/125/projeto_de_lei_021-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_lei_02-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/132/programa_beneficio_economico_social.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/133/lei_juniao.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/134/andamento_-_projeto_de_lei_041-2021_-_credito_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/135/projeto_de_jornada_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/136/plo_042.2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/137/projeto_de_lei_043-2021_-_loa_0001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/138/projeto_de_lei_050-2021_0001.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/139/projeto_de_lei_no_051-2021_-_multas_de_transitos.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/140/andamento_-_projeto_de_lei_044-2021_-_credito_especial_por_excesso_de_arrecadacao_-_incremento_temporario.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/141/andamento_-_projeto_de_lei_045-2021_-_credito_especial_por_excesso_de_arrecadacao_-_covid_estadual.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/142/andamento_-_projeto_de_lei_046-2021_-_credito_especial_por_excesso_de_arrecadacao_-_trator_-.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/143/andamento_-_projeto_de_lei_047-2021_-_credito_especial_por_anulacao_de_dotacao-_trator.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/144/andamento_-_projeto_de_lei_048-2021_-_credito_especial_por_excesso_de_arrecadacao_-_varias_fontes.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/146/andamento_-_projeto_de_lei_049-2021_-_credito_especial_por_excesso_de_arrecadacao_-_reforma_unidades_de_saude.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/149/andamento_-_projeto_de_lei_n_055-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_de_lei_62.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_lei_056-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_lei_057-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_lei_058-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/156/projeto_de_lei_059-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/157/projeto_de_lei_061-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/158/projeto_de_lei_-_sergio_pereira_-_iptu_social.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/160/projeto_de_lei_064-2021_-_digitalizado_.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/161/lei_054-2021_-_extincao_fundo_1.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/162/projeto_de_lei_068-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/116/03._2021_-_requerimento_energia_vila_rural_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/117/04._2021_-_requerimento_energia_vila_rural_santa_monica.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/118/05._2021_-_requerimento_folha_de_pagamento.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santamonica.pr.leg.br/media/sapl/public/materialegislativa/2021/126/arquivofinal.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="68.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="185.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="185" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>